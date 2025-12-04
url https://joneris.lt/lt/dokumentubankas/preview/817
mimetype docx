--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -2628,62 +2628,68 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2024-2025 m. m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRDefault="001037A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025-2026 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>2025-2026 m.</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2752">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>m.m.</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>m.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001037A6" w:rsidTr="00A646B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="008A0319" w:rsidRDefault="001037A6" w:rsidP="001037A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A0319">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Praleistų</w:t>
@@ -2844,58 +2850,66 @@
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRDefault="001037A6" w:rsidP="001037A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>85,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRDefault="001037A6" w:rsidP="001037A6">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRDefault="007A2752" w:rsidP="001037A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRDefault="001037A6" w:rsidP="001037A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008A0319" w:rsidRDefault="008A0319">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -5124,75 +5138,91 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>56,8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006E452E" w:rsidRDefault="006E452E" w:rsidP="006E452E">
+          <w:p w:rsidR="006E452E" w:rsidRDefault="007A2752" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71,7%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006E452E" w:rsidRDefault="006E452E" w:rsidP="006E452E">
+          <w:p w:rsidR="006E452E" w:rsidRDefault="007A2752" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65,6%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="006E452E" w:rsidRDefault="006E452E" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="006E452E" w:rsidRDefault="006E452E" w:rsidP="006E452E">
             <w:pPr>
@@ -5869,75 +5899,91 @@
           <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="006E452E" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>60,5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="006E452E" w:rsidP="006E452E">
+          <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="007A2752" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>53,3%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="006E452E" w:rsidP="006E452E">
+          <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="007A2752" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71,8%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="006E452E" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1397" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E452E" w:rsidRPr="007A12B1" w:rsidRDefault="006E452E" w:rsidP="006E452E">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -10589,72 +10635,96 @@
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6 (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 (13%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (22%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -10733,72 +10803,96 @@
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7(35%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11 (48%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (26%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -10877,116 +10971,332 @@
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7(35%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7 (30,</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (39%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slenkstinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 (8,7</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009933C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (13%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A2752" w:rsidRPr="00E02FDB" w:rsidTr="00BC1CB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A2752" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nepasiektas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10995,137 +11305,153 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lygis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="007A2752" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="007A2752" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A2752" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A2752" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="007A2752" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="007A2752" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E02FDB">
@@ -11201,72 +11527,88 @@
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="00A82729" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="007A2752" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001037A6" w:rsidRPr="00E02FDB" w:rsidRDefault="001037A6" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -11371,51 +11713,50 @@
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1403"/>
         <w:gridCol w:w="1469"/>
         <w:gridCol w:w="1522"/>
       </w:tblGrid>
       <w:tr w:rsidR="000430E7" w:rsidRPr="00E02FDB" w:rsidTr="00E02FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="000430E7" w:rsidRPr="00E02FDB" w:rsidRDefault="000430E7" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klasė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E02FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
@@ -13339,72 +13680,88 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15,8%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15,8%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="00E02FDB" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -13501,72 +13858,88 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>43,9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19,3%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26,3%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -13663,116 +14036,295 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>35,1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24,6%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>42,1%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slenkstinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00B40DC3" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00B40DC3" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33,3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15,8%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nepasiektas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13781,140 +14333,153 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lygis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00B40DC3" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="009933C8" w:rsidRPr="009933C8" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="00B40DC3" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="009933C8" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
@@ -15994,72 +16559,88 @@
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -16138,563 +16719,753 @@
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A12B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Patenkinamas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A12B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A12B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
+      <w:tr w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Slenkstinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Patenkinamas</w:t>
+              <w:t>Nepasiektas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>patenkinamas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A12B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A12B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>lygis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>100%</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>100%</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
+      <w:tr w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nepasiektas</w:t>
+              <w:t>Iš</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>patenkinamas</w:t>
+              <w:t>viso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A12B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>lygis</w:t>
+              <w:t>mokinių</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00B40DC3" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...163 lines deleted...]
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
+          <w:p w:rsidR="009933C8" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="009933C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A646B2" w:rsidRDefault="00A646B2" w:rsidP="004B7669">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A646B2" w:rsidRDefault="00A646B2" w:rsidP="004B7669">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
@@ -16709,51 +17480,50 @@
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004B7669" w:rsidRPr="00A646B2" w:rsidRDefault="004B7669" w:rsidP="004B7669">
       <w:pPr>
         <w:pStyle w:val="Betarp"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A646B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">20*. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A646B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A646B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A646B2">
         <w:rPr>
@@ -20085,58 +20855,66 @@
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 (15%)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
@@ -20225,58 +21003,74 @@
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="00BC1CB5" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 (100%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="006334EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (77)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
@@ -20309,58 +21103,110 @@
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006334EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (8%)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (spec. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>skyriu</w:t>
+            </w:r>
+            <w:r w:rsidR="006334EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>je</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidTr="00BC1CB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
@@ -20429,58 +21275,66 @@
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="009933C8" w:rsidP="00BC1CB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC1CB5" w:rsidRPr="007A12B1" w:rsidRDefault="00BC1CB5" w:rsidP="00BC1CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004B7669" w:rsidRPr="007A12B1" w:rsidRDefault="004B7669" w:rsidP="004B7669">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -20553,90 +21407,94 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F57A42"/>
     <w:rsid w:val="000430E7"/>
     <w:rsid w:val="000650C4"/>
     <w:rsid w:val="001037A6"/>
     <w:rsid w:val="00160D64"/>
     <w:rsid w:val="00185786"/>
     <w:rsid w:val="00497389"/>
     <w:rsid w:val="004B7669"/>
     <w:rsid w:val="005014CB"/>
     <w:rsid w:val="00501573"/>
     <w:rsid w:val="0051747D"/>
+    <w:rsid w:val="006334EC"/>
     <w:rsid w:val="006476E8"/>
     <w:rsid w:val="006E452E"/>
     <w:rsid w:val="007A12B1"/>
+    <w:rsid w:val="007A2752"/>
     <w:rsid w:val="008A0319"/>
+    <w:rsid w:val="009933C8"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="00A646B2"/>
     <w:rsid w:val="00A82729"/>
     <w:rsid w:val="00B40DC3"/>
     <w:rsid w:val="00BC1CB5"/>
     <w:rsid w:val="00C22684"/>
+    <w:rsid w:val="00CD5866"/>
     <w:rsid w:val="00D85F2E"/>
     <w:rsid w:val="00E02FDB"/>
     <w:rsid w:val="00E229DC"/>
     <w:rsid w:val="00E92133"/>
     <w:rsid w:val="00F57A42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1766685C"/>
+  <w14:docId w14:val="72F78B82"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4A4CFDD9-143E-4DF0-BA1B-70E85D01D045}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -21366,69 +22224,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>993</Words>
-  <Characters>5666</Characters>
+  <Words>1034</Words>
+  <Characters>5895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6646</CharactersWithSpaces>
+  <CharactersWithSpaces>6916</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vartotojas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>