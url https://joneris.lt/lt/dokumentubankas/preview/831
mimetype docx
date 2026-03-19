--- v0 (2025-10-22)
+++ v1 (2026-03-19)
@@ -4,136 +4,161 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="681EB34B" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00EF743F" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
+    <w:p w14:paraId="681EB34B" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00457B35" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF743F">
+      <w:r w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PATVIRTINTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD13649" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00EF743F" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
+    <w:p w14:paraId="7CD13649" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00457B35" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF743F">
+      <w:r w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jonavos Neries pagrindinės mokyklos direktoriaus 2023 m. gruodžio 29 d. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011C79E5" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00EF743F" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
+    <w:p w14:paraId="011C79E5" w14:textId="77777777" w:rsidR="00CA5620" w:rsidRPr="00457B35" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF743F">
+      <w:r w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">įsakymu Nr. V-192 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7D04E8" w14:textId="644DC727" w:rsidR="00CA5620" w:rsidRPr="00EF743F" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
+    <w:p w14:paraId="76FDB55D" w14:textId="77777777" w:rsidR="009F1200" w:rsidRPr="00457B35" w:rsidRDefault="00CA5620" w:rsidP="00CA5620">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF743F">
+      <w:r w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2024 m. rugpjūčio 30 d. įsakymas Nr. V-133, 2024 m. gruodžio 27 d. įsakymas Nr. V-207</w:t>
       </w:r>
-      <w:r w:rsidR="004E6288">
+      <w:r w:rsidR="004E6288" w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2025 m. rugpjūčio 29 d. įsakymas Nr. V-120</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF743F">
+      <w:r w:rsidR="009F1200" w:rsidRPr="00457B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7D04E8" w14:textId="2942D026" w:rsidR="00CA5620" w:rsidRPr="00457B35" w:rsidRDefault="009F1200" w:rsidP="00CA5620">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 m. gruodžio 30 d. įsakymas Nr. V-214</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5620" w:rsidRPr="00457B35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nauja redakcija)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2822BD61" w14:textId="77777777" w:rsidR="00587BDC" w:rsidRDefault="00587BDC" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="6521"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="768CC70C" w14:textId="77777777" w:rsidR="00E66EBB" w:rsidRPr="00405688" w:rsidRDefault="00E66EBB" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="6521"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -267,51 +292,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Neries pagrindinės mokyklos (toliau – Mokykla) darbuotojų darbo apmokėjimo sistemos  tvarkos aprašas (toliau – Aprašas) darbuotojų, dirbančių pagal darbo sutartį (toliau - Darbuotojai), pareiginės algos nustatymo kriterijus, konkrečių pareigybių pareiginės algos koeficientų intervalus ir didžiausius pareiginės algos koeficientų dydžius, dirbančiųjų pareiginės algos didinimo kriterijus, nustato pareiginės algos atlikus darbuotojo, dirbančio pagal darbo sutartį, veiklos vertinimą nustatymo ir skyrimo tvarką, priemokų dydžius ir skyrimo tvarką, mokėjimo už darbą poilsio ir švenčių dienomis, viršvalandinį darbą tvarką, materialinės pašalpos dydžius ir skyrimo tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30460DB1" w14:textId="406A25B3" w:rsidR="009345A1" w:rsidRDefault="00A823E7" w:rsidP="009345A1">
+    <w:p w14:paraId="30460DB1" w14:textId="0110CB1B" w:rsidR="009345A1" w:rsidRDefault="00A823E7" w:rsidP="009345A1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -362,50 +387,66 @@
       </w:r>
       <w:r w:rsidR="00156A25" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2023-12-14 Nr. XIV-2341</w:t>
       </w:r>
       <w:r w:rsidR="005F766A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2024-12-19 </w:t>
       </w:r>
       <w:r w:rsidR="005F766A" w:rsidRPr="00BF3DA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nr. XV-82</w:t>
       </w:r>
+      <w:r w:rsidR="00457B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2025-12-16</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. XV-682</w:t>
+      </w:r>
       <w:r w:rsidR="005F766A" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įstatymo pakeitimais, Lietuvos Respublikos Vyriausybės 2017-06-21 nutarimu Nr. 496 „Dėl Lietuvos Respublikos darbo kodekso įgyvendinimo“, Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2019-03-01 įsakymais Nr. V-186 „Dėl Mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), darbo krūvio sandaros nustatymo tvarkos aprašo patvirtinimo“, </w:t>
       </w:r>
       <w:r w:rsidR="00341F0F" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
@@ -463,60 +504,60 @@
         <w:t>pakeitimo</w:t>
       </w:r>
       <w:r w:rsidR="00A03D63" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">“, </w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nr. V-187 „Dėl Mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), darbo laiko grafiko sudarymo bendrųjų nuostatų patvirtinimo“, Nr. V-184 „Dėl Mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų mokyklos bendruomenei aprašo ir Mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų, susijusių su profesiniu tobulėjimu, aprašo patvirtinimo“</w:t>
       </w:r>
       <w:r w:rsidR="008B3E9B" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2022-03-19 Nr. V-397 „Dėl švietimo, mokslo ir sporto ministro 2019 m. kovo 1 d. įsakymo Nr. V-184 „Dėl mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo </w:t>
+        <w:t xml:space="preserve">2022-03-19 Nr. V-397 „Dėl švietimo, mokslo ir sporto ministro 2019 m. kovo 1 d. įsakymo Nr. V-184 „Dėl mokytojų, dirbančių pagal bendrojo ugdymo, </w:t>
       </w:r>
       <w:r w:rsidR="008B3E9B" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">programas), veiklų mokyklos bendruomenei aprašo ir mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų, susijusių su profesiniu tobulėjimu, aprašo patvirtinimo“ pakeitimo, </w:t>
+        <w:t xml:space="preserve">profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų mokyklos bendruomenei aprašo ir mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), veiklų, susijusių su profesiniu tobulėjimu, aprašo patvirtinimo“ pakeitimo, </w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Lietuvos Respublikos Vyriausybės 2018-07-11 nutarimu Nr. 679 „Dėl Mokymo lėšų apskaičiavimo, paskirstymo ir panaudojimo tvarkos aprašo patvirtinimo“</w:t>
       </w:r>
       <w:r w:rsidR="00341F0F" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2022 m. rugpjūčio 17 d. Lietuvos Respublikos Vyriausybės nutarimu Nr. 832 „Dėl Lietuvos Respublikos vyriausybės 2018 m. liepos 11 d. nutarimo Nr. 679 „Dėl mokymo lėšų apskaičiavimo, paskirstymo ir panaudojimo tvarkos aprašo patvirtinimo“ pakeitimo“</w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Lietuvos Respublikos Vyriausybės 2019 m. liepos 3 d. nutarimu Nr. 669, kuriais</w:t>
       </w:r>
@@ -999,79 +1040,79 @@
     <w:p w14:paraId="291EB7AC" w14:textId="661D59E0" w:rsidR="006F2B7D" w:rsidRPr="009345A1" w:rsidRDefault="006F2B7D" w:rsidP="009345A1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>kintamoji dalis (nuo 10 iki 40 procentų pareiginės algos) skiriama darbuotojui, dirbančiam pagal darbo sutartį, atsižvelgiant į jo praėjusių metų veiklos vertinimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F9E3BB" w14:textId="682BF362" w:rsidR="00FC7EE7" w:rsidRPr="009345A1" w:rsidRDefault="006F2B7D" w:rsidP="009345A1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Darbuotojai su nustatytu darbo užmokesčiu susipaž</w:t>
       </w:r>
       <w:r w:rsidR="00E912A2" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">įsta pasirašydami darbo sutartį. </w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kiekvienoje darbo sutartyje sulygstama dėl: sutarties termino, pagrindinio ar papildomo darbo, pareigybės pavadinimo, pareigybės lygio, taikomo pareiginės algos </w:t>
       </w:r>
       <w:r w:rsidR="00D34C9D" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pastoviosios </w:t>
@@ -1756,61 +1797,61 @@
       </w:pPr>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Lyginant pareigybes ir nustatant pareigybių didžiausius pareiginės algos koeficientų dydžius, viršijančius </w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos Respublikos valstybės ir savivaldybių įstaigų darbuotojų darbo apmokėjimo ir komisijų narių atlygio už darbą įstatymo</w:t>
       </w:r>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 priede nustatytus pareiginės algos minimalius koeficientus laikomasi pareigybių grupių hierarchinės struktūros vientisumo nuo aukščiausios iki žemiausios pareigybių grupės. Pareigybių pakopų struktūroje aukščiausiam pareigybių pakopai priskiriama Mokyklos direktoriaus pareigybė. Pareigybės grupuojamos į pakopas </w:t>
+        <w:t xml:space="preserve"> 1 priede nustatytus pareiginės algos minimalius koeficientus laikomasi pareigybių grupių hierarchinės struktūros vientisumo nuo aukščiausios iki žemiausios pareigybių grupės. Pareigybių pakopų struktūroje aukščiausiam </w:t>
       </w:r>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">pagal </w:t>
+        <w:t xml:space="preserve">pareigybių pakopai priskiriama Mokyklos direktoriaus pareigybė. Pareigybės grupuojamos į pakopas pagal </w:t>
       </w:r>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareigybių</w:t>
       </w:r>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lyginimo ir pareiginės algos koeficiento dydžio nustatymo kriterijus</w:t>
       </w:r>
       <w:r w:rsidRPr="009345A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -2645,78 +2686,97 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00D24117" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arbo laiko apskaita tvarkoma direktoriaus </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>naudojant „MyLOBster“ programą;</w:t>
+        <w:t>naudojant „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E0FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MyLOBster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E0FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“ programą;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6ECE89" w14:textId="77777777" w:rsidR="004E0FD2" w:rsidRDefault="00D20560" w:rsidP="004E0FD2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00D24117" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arbo laiko apskaitos žiniaraščius pildo raštvedys, derindamas su direktoriaus pavaduotojais ugdymui bei </w:t>
       </w:r>
       <w:r w:rsidR="008D055D" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotojais ūkiui</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
@@ -2725,51 +2785,50 @@
     <w:p w14:paraId="1A2867C3" w14:textId="5C9F117D" w:rsidR="00D24117" w:rsidRPr="004E0FD2" w:rsidRDefault="00D20560" w:rsidP="004E0FD2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00D24117" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">žpildyti ir pasirašyti (pasirašo pildęs asmuo ir </w:t>
       </w:r>
       <w:r w:rsidR="00EA3724" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="00D24117" w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktorius) darbo laiko apskaitos žiniaraščiai pateikiami </w:t>
@@ -3589,88 +3648,79 @@
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Jeigu Mokyklos darbuotojo veikla įvertinama kaip atitinkanti lūkesčius, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>teisinė jo padėtis nesikeičia ir</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">darbuotojo veiklos vertinimas baigiamas, išskyrus atvejus, kai darbuotojas </w:t>
-[...9 lines deleted...]
-        <w:t>nesutinka su tiesioginio vadovo pateiktu veiklos vertinimu.</w:t>
+        <w:t>darbuotojo veiklos vertinimas baigiamas, išskyrus atvejus, kai darbuotojas nesutinka su tiesioginio vadovo pateiktu veiklos vertinimu.</w:t>
       </w:r>
       <w:r w:rsidRPr="00716EFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0FD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Taip pat  gali būti taikomos 50 punkte nustatytos skatinimo priemonės.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211519BE" w14:textId="77777777" w:rsidR="004E0FD2" w:rsidRDefault="00BD4A2C" w:rsidP="004E0FD2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
@@ -4052,52 +4102,52 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">veiklos vertinimas atliekamas vadovaujantis Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo, patvirtinto Lietuvos Respublikos Vyriausybės </w:t>
       </w:r>
       <w:r w:rsidR="00DD1CA3" w:rsidRPr="00777A01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024 m. sausio 3 d. nutarimu  Nr. 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00777A01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Dėl Valstybės ir savivaldybių įstaigų darbuotojų veiklos vertinimo tvarkos aprašo patvirtinimo“</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="part_f13bfaa227bd4b868057a1be0fad74a1"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="part_f13bfaa227bd4b868057a1be0fad74a1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00777A01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF2A088" w14:textId="479D846B" w:rsidR="003C000A" w:rsidRPr="00777A01" w:rsidRDefault="00777A01" w:rsidP="00D1296F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
@@ -4209,52 +4259,52 @@
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1296F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Priimtas sprendimas dėl darbuotojo kasmetinio veiklos vertinimo gali būti skundžiamas Darbo kodekse nustatyta darbo ginčų nagrinėjimo tvarka.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="part_f177a3539e4649d9987f600a889e3454"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="part_f177a3539e4649d9987f600a889e3454"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="51E11163" w14:textId="77777777" w:rsidR="00D1296F" w:rsidRDefault="00C01505" w:rsidP="00D1296F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1296F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4478,81 +4528,81 @@
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>už papildomą darbo krūvį, kai yra padidėjąs darbų mastas, atliekant pareiginės aprašyme nustatytas funkcijas, bet neviršijama nustatyta darbo laiko trukmė;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5216ADC8" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="00FC7023" w:rsidP="0071681F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>už pavadavimą, kai raštu pavedama laikinai atlikti kito darbuotojo pareigybei nustatytas funkcijas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="776B0BC6" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="00FC7023" w:rsidP="00973751">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
@@ -5165,81 +5215,81 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="51" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sprendimą dėl vienkartinės piniginės išmokos skyrimo darbuotojui priima mokyklos direktorius.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk154644113"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk154644113"/>
     </w:p>
     <w:p w14:paraId="6153BC03" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="004E6993" w:rsidP="006E49ED">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="51" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vienkartinė piniginė išmoka gali būti skiriama ne daugiau kaip kartą per metus ir negali viršyti 100 procentų nustatytosios darbuotojo pareiginės algos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3423BD3D" w14:textId="6BDEE713" w:rsidR="004E6993" w:rsidRPr="006E49ED" w:rsidRDefault="004E6993" w:rsidP="006E49ED">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="51" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5330,331 +5380,419 @@
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojai, jeigu buvo nustatyta, kad per paskutinius 6 mėnesius jie padarė darbo pareigų pažeidimą, gali būti neskatinami, išskyrus atvejį, kai darbuotojo veikla įvertinama kaip viršijanti lūkesčius.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F68E33" w14:textId="77777777" w:rsidR="00154F22" w:rsidRDefault="00154F22" w:rsidP="00154F22">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="skyriusVI"/>
-      <w:bookmarkStart w:id="5" w:name="skyrXI"/>
+      <w:bookmarkStart w:id="3" w:name="skyriusVI"/>
+      <w:bookmarkStart w:id="4" w:name="skyrXI"/>
     </w:p>
     <w:p w14:paraId="630C400B" w14:textId="77777777" w:rsidR="00154F22" w:rsidRDefault="00154F22" w:rsidP="00154F22">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BEB18EB" w14:textId="77777777" w:rsidR="00154F22" w:rsidRDefault="00154F22" w:rsidP="00154F22">
+    <w:p w14:paraId="050A94EB" w14:textId="35857895" w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE" w:rsidRDefault="00900F02" w:rsidP="00154F22">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5C6FC059" w14:textId="77777777" w:rsidR="00154F22" w:rsidRDefault="00154F22" w:rsidP="00154F22">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FFA782" w14:textId="77777777" w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE" w:rsidRDefault="00DD0FCE" w:rsidP="00973751">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="050A94EB" w14:textId="35857895" w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE" w:rsidRDefault="00900F02" w:rsidP="00154F22">
+      <w:r w:rsidRPr="00DD0FCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ATLYGINIMŲ SKAIČIAVIMAS, ESANT NUKRYPIMAMS NUO NORMALAUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C9D92D" w14:textId="77777777" w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE" w:rsidRDefault="00DD0FCE" w:rsidP="00973751">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DD0FCE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t>DARBO LAIKO</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="259D80F9" w14:textId="77777777" w:rsidR="00DD0FCE" w:rsidRPr="00DD0FCE" w:rsidRDefault="00DD0FCE" w:rsidP="00973751">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CFFE2FB" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="00E47FBC">
+    <w:p w14:paraId="4CFFE2FB" w14:textId="16276BAF" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="00E47FBC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Darbuotojų darbo ir poilsio laiką reglamentuoja LR darbo kodekso VIII sky</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC75F0" w:rsidRPr="006E49ED">
+        <w:t>Darbuotojų darbo ir poilsio laiką reglamentuoja L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">ietuvos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>espublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbo kodekso VIII sky</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC75F0" w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>rius „Darbo ir poilsio laikas“.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6439E0" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="00E47FBC">
+    <w:p w14:paraId="4D6439E0" w14:textId="052E2578" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="00E47FBC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Apmokėjimas už viršvalandinį darbą nustatytas LR darbo k</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC75F0" w:rsidRPr="006E49ED">
+        <w:t>Apmokėjimas už viršvalandinį darbą nustatytas L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">ietuvos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>espublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbo k</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC75F0" w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>odekso 144 straipsnio 4 dalyje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AF4DEF" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="006E49ED">
+    <w:p w14:paraId="48AF4DEF" w14:textId="5BFCE54B" w:rsidR="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="006E49ED">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Apmokėjimas už darbą poilsio ir švenčių dienomis numatytas LR darbo k</w:t>
+        <w:t>Apmokėjimas už darbą poilsio ir švenčių dienomis numatytas L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ietuvos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>espublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E49ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbo k</w:t>
       </w:r>
       <w:r w:rsidR="00DC75F0" w:rsidRPr="006E49ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odekso 144 straipsnio 1 dalyje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F608AD" w14:textId="77777777" w:rsidR="006E49ED" w:rsidRPr="006E49ED" w:rsidRDefault="00DD0FCE" w:rsidP="006E49ED">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -5873,73 +6011,88 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Materialinė pašalpa skiriama mokyklos direktoriaus įsakymu iš mokyklai savivaldybės biudžeto darbdavio socialinei paramai skirtų asignavimų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="100D0362" w14:textId="7E19A323" w:rsidR="00992742" w:rsidRDefault="00DB4B5B" w:rsidP="00DB4B5B">
+    <w:p w14:paraId="100D0362" w14:textId="77A40553" w:rsidR="00992742" w:rsidRDefault="00DB4B5B" w:rsidP="00DB4B5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3480"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6D2AA6" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00DB4B5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3480"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="09AE040D" w14:textId="16CB4B1B" w:rsidR="00E12450" w:rsidRDefault="008C3BE9" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12450">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">XII SKYRIUS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71620ABD" w14:textId="77777777" w:rsidR="00D54683" w:rsidRPr="00CC5178" w:rsidRDefault="008C3BE9" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -6043,68 +6196,60 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pedagoginių darbuotojų kasmetinių atostogų trukmė 40 darbo dienų. </w:t>
       </w:r>
       <w:r w:rsidR="00D54683" w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pailgintos 40 darbo dienų atostogos suteikiamos pagal Lietuvos Respublikos švietimo ir mokslo ministro </w:t>
-[...8 lines deleted...]
-        <w:t>patvirtintą pareigybių, kurias atliekant darbas yra laikomas pedagoginiu, sąrašą (ŠMM 2003 m. spalio 9 d. įsakymas Nr. ISAK-1407 (aktuali redakcija).</w:t>
+        <w:t>Pailgintos 40 darbo dienų atostogos suteikiamos pagal Lietuvos Respublikos švietimo ir mokslo ministro patvirtintą pareigybių, kurias atliekant darbas yra laikomas pedagoginiu, sąrašą (ŠMM 2003 m. spalio 9 d. įsakymas Nr. ISAK-1407 (aktuali redakcija).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD82FA8" w14:textId="77777777" w:rsidR="00EF4456" w:rsidRPr="00EF4456" w:rsidRDefault="008C3BE9" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6642,87 +6787,87 @@
     <w:p w14:paraId="55A209AE" w14:textId="77777777" w:rsidR="00EF4456" w:rsidRDefault="00D54683" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Atleidžiant darbuotoją iš darbo (išskyrus atvejus, kai atleidžiama dėl jo kaltės), nepanaudotos atostogos jo pageidavimu sutei</w:t>
       </w:r>
       <w:r w:rsidR="00CC5178" w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kiamos nukeliant atleidimo datą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7321D144" w14:textId="66869F81" w:rsidR="00CC5178" w:rsidRPr="00EF4456" w:rsidRDefault="00D54683" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Atostogų laiku darbuotojui garantuojamas vidutinis darbo užmokestis. Darbo užmokestis už kasmetines minimalias atostogas mokamas ne vėliau kaip paskutinę darbo dieną prieš kasmetinių atostogų pradžią. Darbuotojo atskiru prašymu, suteikus kasmetines atostogas, atostoginiai mokami įprasta darbo užmokesčio mokėjimo tvarka ir terminais:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7465FE7C" w14:textId="77777777" w:rsidR="00EF4456" w:rsidRDefault="00CC5178" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6902,51 +7047,63 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tėvystės atostogos: Darbuotojams po vaiko gimimo suteikiamos trisdešimties kalendorinių dienų nepertraukiamos trukmės tėvystės atostogos bet kuriuo laikotarpiu nuo vaiko gimimo iki vaikui sukanka vieni metai. Jeigu pasinaudota dalimi tėvystės atostogų, kita dalis nebesuteikiama. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34847A05" w14:textId="2EA55342" w:rsidR="00E12450" w:rsidRDefault="00900F02" w:rsidP="00973751">
+    <w:p w14:paraId="4A212A1B" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00973751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34847A05" w14:textId="2CC985DD" w:rsidR="00E12450" w:rsidRDefault="00900F02" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>XIII</w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="00E12450">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7169,69 +7326,94 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nuo trečiosios kalendorinės nedarbingumo dienos ligos pašalpa mokama iš Valstybinio socialinio draudimo fondo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B019C0F" w14:textId="77777777" w:rsidR="00E12450" w:rsidRDefault="00E12450" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07CCEF40" w14:textId="1777D9E1" w:rsidR="00E12450" w:rsidRPr="00AD60F8" w:rsidRDefault="00AA5140" w:rsidP="00973751">
+    <w:p w14:paraId="55CB72A7" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07166438" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00973751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CCEF40" w14:textId="2E6C2D66" w:rsidR="00E12450" w:rsidRPr="00AD60F8" w:rsidRDefault="00AA5140" w:rsidP="00973751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidR="00900F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="008C3BE9" w:rsidRPr="00E12450">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">V SKYRIUS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C033135" w14:textId="77777777" w:rsidR="00E12450" w:rsidRPr="00CC5178" w:rsidRDefault="008C3BE9" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -7304,51 +7486,50 @@
     <w:p w14:paraId="234594F5" w14:textId="49BCB54E" w:rsidR="00E12450" w:rsidRPr="00EF4456" w:rsidRDefault="008C3BE9" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Išskaitos iš darbo užmokesčio gali būti daromos tik įstatymo numatytais atvejais, remiantis Lietuvos Respublikos darbo kodekso 150 straipsniu ir vykdomaisiais raštais: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA37A60" w14:textId="77777777" w:rsidR="00EF4456" w:rsidRDefault="008C3BE9" w:rsidP="00EF4456">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7819,156 +8000,127 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jonavos „Neries“ pagrindinės mokyklos </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED6551D" w14:textId="77777777" w:rsidR="003E50A9" w:rsidRPr="003E50A9" w:rsidRDefault="003E50A9" w:rsidP="003E50A9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E50A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbo tarybos posėdžio </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8C25F6" w14:textId="6F7587EA" w:rsidR="003E50A9" w:rsidRPr="00BD7459" w:rsidRDefault="00D40406" w:rsidP="003E50A9">
+    <w:p w14:paraId="0F8C25F6" w14:textId="653AFCC4" w:rsidR="003E50A9" w:rsidRPr="00BD7459" w:rsidRDefault="00D40406" w:rsidP="003E50A9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD7459">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D736FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003E50A9" w:rsidRPr="00BD7459">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. gruodžio 2</w:t>
-[...7 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve"> m. gruodžio </w:t>
+      </w:r>
+      <w:r w:rsidR="00D736FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="003E50A9" w:rsidRPr="00BD7459">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E98FB7A" w14:textId="55DFD3E0" w:rsidR="003E50A9" w:rsidRPr="00BD7459" w:rsidRDefault="00BD7459" w:rsidP="003E50A9">
+    <w:p w14:paraId="0E98FB7A" w14:textId="4DAA043B" w:rsidR="003E50A9" w:rsidRPr="00645258" w:rsidRDefault="00D736FF" w:rsidP="003E50A9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD7459">
-[...5 lines deleted...]
-        <w:t>protokolu Nr. 5</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">protokolu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A579B" w:rsidRPr="00645258">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45ED5A4A" w14:textId="77777777" w:rsidR="00900F02" w:rsidRDefault="00900F02" w:rsidP="00973751">
-      <w:pPr>
-[...43 lines deleted...]
-    <w:p w14:paraId="7991EC3A" w14:textId="77777777" w:rsidR="00900F02" w:rsidRDefault="00900F02" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="752C186D" w14:textId="095C358A" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -8258,58 +8410,60 @@
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E83064E" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4395A106" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vidurkis</w:t>
             </w:r>
           </w:p>
@@ -8348,136 +8502,128 @@
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DF72DD4" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA5D16A" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
+          <w:p w14:paraId="5EA5D16A" w14:textId="6F1B0EAA" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
+            <w:r w:rsidR="00505EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5FC094" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3,9</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5FC094" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="666BA4E9" w14:textId="6D7D1D5E" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="00FF527D" w:rsidP="005C6F63">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...30 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>1,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F766A" w:rsidRPr="00D031A2" w14:paraId="679C1D65" w14:textId="77777777" w:rsidTr="000F5138">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="551D3132" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
@@ -8733,120 +8879,114 @@
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AF768FE" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bibliotekininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70839A6F" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="70839A6F" w14:textId="73B5D4DA" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="00AC7520" w:rsidP="005C6F63">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>9</w:t>
-            </w:r>
+              <w:t>0,76</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C87D14" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
+          <w:p w14:paraId="03C87D14" w14:textId="04D748C1" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="00FF527D" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1,01</w:t>
+              <w:t>1,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D731958" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
+          <w:p w14:paraId="3D731958" w14:textId="0463BD7D" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="00FF527D" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,85</w:t>
+              <w:t>0,93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F766A" w:rsidRPr="00D031A2" w14:paraId="6E1C7B01" w14:textId="77777777" w:rsidTr="000F5138">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="30A55E8E" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
@@ -8909,146 +9049,138 @@
             <w:tcW w:w="3412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21B91902" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raštvedys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="55013831" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
+          <w:p w14:paraId="55013831" w14:textId="7B985894" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>64</w:t>
+            <w:r w:rsidR="00505EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2AD5A12B" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6094C1A4" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6094C1A4" w14:textId="6C83813E" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="00FF527D" w:rsidP="005C6F63">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F766A" w:rsidRPr="00D031A2" w14:paraId="226E9116" w14:textId="77777777" w:rsidTr="000F5138">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2DA76B79" w14:textId="77777777" w:rsidR="005F766A" w:rsidRPr="00D031A2" w:rsidRDefault="005F766A" w:rsidP="005C6F63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11952,51 +12084,69 @@
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7503" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="158EC945" w14:textId="77777777" w:rsidR="00D031A2" w:rsidRPr="00D031A2" w:rsidRDefault="00D031A2" w:rsidP="00D031A2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="49"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D031A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Gauna dalį atsakomybės iš V atsakomybės lygio pareigybės ir už šią dalį atsako tiesiogiai. Užduotis (-ys)  jai yra deleguojamos. Nepriima sprendimų, nulemiančių visumos rezultatą. Pareigybei priskiriama bendra atsakomybė už poveikį rezultatams.</w:t>
+              <w:t>Gauna dalį atsakomybės iš V atsakomybės lygio pareigybės ir už šią dalį atsako tiesiogiai. Užduotis (-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)  jai yra deleguojamos. Nepriima sprendimų, nulemiančių visumos rezultatą. Pareigybei priskiriama bendra atsakomybė už poveikį rezultatams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21CC263F" w14:textId="3BB71D70" w:rsidR="00D031A2" w:rsidRPr="00D031A2" w:rsidRDefault="00A35FC0" w:rsidP="00D031A2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="49"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,04</w:t>
@@ -13839,2005 +13989,2472 @@
         </w:rPr>
         <w:t xml:space="preserve"> PRIEŠMOKYKLINIO UGDYMO MOKYTOJŲ, AUKLĖTOJŲ </w:t>
       </w:r>
       <w:r w:rsidRPr="00743DE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAREIGINĖS ALGOS PASTOVIOSIOS DALIES KOEFICENTAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6150491B" w14:textId="77777777" w:rsidR="00686BEA" w:rsidRDefault="00686BEA" w:rsidP="00686BEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6011841F" w14:textId="01B81504" w:rsidR="00686BEA" w:rsidRPr="007C791F" w:rsidRDefault="00686BEA" w:rsidP="007C791F">
+    <w:p w14:paraId="6011841F" w14:textId="01B81504" w:rsidR="00686BEA" w:rsidRDefault="00686BEA" w:rsidP="007C791F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C791F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokytojų, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C791F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dirbančiam pagal bendrojo ugdymo programas,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C791F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos minimalūs koeficientai (pareiginės algos (atlyginimo) baziniais dydžiais):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29552FAB" w14:textId="77777777" w:rsidR="007C791F" w:rsidRPr="007C791F" w:rsidRDefault="007C791F" w:rsidP="007C791F">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="0AC0828E" w14:textId="5C2C18DB" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9634" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317E38" w14:paraId="1F802661" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="5333ACD4" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17E366CB" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="165D378A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kvalifikacinė kategorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09EB35EB" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="11285438" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...22 lines deleted...]
-              <w:t>koeficientai</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pareiginės algos koeficientai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="7507C009" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="7AAC74BA" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="124D1EF3" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="007A1B9C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38"/>
-[...10 lines deleted...]
-            <w:tcW w:w="7938" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33A8FD3C" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="6781D3EF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pedagoginio darbo stažas (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="776AF9D3" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="573A610E" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="1121"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="455EFFEC" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="4507075F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="688CD4E0" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="39B28E78" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DCF94E6" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="12106BF6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 2 iki 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F90419B" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="1B0A7218" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 5 iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C318922" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="7AC7BF42" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 10 iki 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1366D58A" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="5C013E30" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 15 iki 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B1AD018" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="36BB90FA" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38" w:hanging="47"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 20 iki 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EAE1510" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="54B5A2FB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>daugiau kaip 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="1CA11635" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="20C61D30" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DFF0CF6" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="75AA492C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005631BA" w:rsidRPr="005631BA" w14:paraId="699FE0B9" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="410729F5" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ADDA4C0" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="6B5A8C2F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcMar>
-[...241 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="357D0FBF" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="0BC0C76F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...19 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21ABA96C" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="7DAFB793" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...46 lines deleted...]
-              <w:t>1,1857</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...204 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A19C6E1" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="592282D4" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2032</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...204 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F7620C" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="1C01E5BF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...37 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2252</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...194 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DC9366D" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="0FD784FD" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2633</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A15A504" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38" w:firstLine="62"/>
-[...10 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2676</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6872C2" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38" w:firstLine="62"/>
-[...10 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="47EB4033" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9629" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE17FA8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="0739E053" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="270ABB25" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61BA5361" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>1,5371</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="441DA161" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38"/>
-[...20 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+              <w:ind w:left="-110" w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2795</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC4EAB8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38" w:hanging="104"/>
-[...14 lines deleted...]
-              <w:t>1,5507</w:t>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2809</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006D5E94" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED1FD0C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58E5B8C9" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEECCF5" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="06C3805A" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="525F7371" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vyresnysis mokytojas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32DCA518" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55B66AE6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="522FE9F2" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="132ED470" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06989945" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="273C919B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59AAC139" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3834</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="3F5F8ED6" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="151FAB9A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas metodininkas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B07018B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56D32017" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C82F016" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4641851C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9C6C98" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFEF2DD" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B7D47C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4832</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="6EA31F46" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF76FE6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas ekspertas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="628CA152" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4815ADAA" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02B43BA9" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,5872</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57618142" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52A8AA07" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8FB259" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D813" w14:textId="5932F2E8" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43726D99" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="005631BA" w:rsidRDefault="00317E38" w:rsidP="00686BEA">
-[...2 lines deleted...]
-        <w:ind w:firstLine="993"/>
+    <w:p w14:paraId="66DF5BE1" w14:textId="118E4D99" w:rsidR="00CB27CB" w:rsidRDefault="000A494B" w:rsidP="00345CCF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000A494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="007C791F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA144C">
+      <w:r w:rsidR="00CB27CB" w:rsidRPr="00EA144C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pareiginės algos pastoviosios dalies koeficientai dėl veiklos sudėtingumo mokytojams didinami:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D4B82F" w14:textId="328659D4" w:rsidR="00CB27CB" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -17140,1919 +17757,2390 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dirbančiam pagal priešmokyklinio ugdymo programas,</w:t>
       </w:r>
       <w:r w:rsidR="00686BEA" w:rsidRPr="00BD17E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos minimalūs koeficientai (pareiginės algos (atlyginimo) baziniais dydžiais):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169A4768" w14:textId="77777777" w:rsidR="00060BC0" w:rsidRDefault="00060BC0" w:rsidP="00BD17E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9634" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="993"/>
-        <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="993"/>
-        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317E38" w14:paraId="34824DFC" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="463BF190" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20B97D03" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...42 lines deleted...]
-            <w:tcW w:w="7938" w:type="dxa"/>
+          <w:p w14:paraId="1CAC4C87" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Kvalifikacinė kategorija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C3F53E5" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...27 lines deleted...]
-              <w:t>koeficientai</w:t>
+          <w:p w14:paraId="1900940A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pareiginės algos koeficientai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="774E2ACE" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="166BC025" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05F69591" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...13 lines deleted...]
-            <w:tcW w:w="7938" w:type="dxa"/>
+          <w:p w14:paraId="04AF086B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FD4870F" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="49E2A1F3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pedagoginio darbo stažas (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="10422718" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="0B98C83E" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="1121"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CCD114F" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3EB70F40" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="321DA98A" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0FD0F2DA" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36FDE28F" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5E015E8C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 2 iki 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E9501B" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="75951A64" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 5 iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45B2F293" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="74225FFE" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 10 iki 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D10D847" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="65C9823E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 15 iki 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A4604B2" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7E965ECF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:hanging="47"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 20 iki 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B2EDF88" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="69C026AE" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:hanging="104"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>daugiau kaip 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="12CF1F20" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="52F3CFD6" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E29085" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="007C791F">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="7F469CA1" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005631BA" w14:paraId="6A26286B" w14:textId="77777777" w:rsidTr="00060BC0">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="2479D0DE" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE9DC2D" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="6E792E9D" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcMar>
-[...242 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E980D0" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="39FE3020" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...19 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13CFB985" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="67891576" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...80 lines deleted...]
-              <w:t>1,1886</w:t>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...170 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EA7E632" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="110947E8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...71 lines deleted...]
-              <w:t>1,2144</w:t>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...170 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47E3AF8B" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="2C18424F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...61 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2252</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcMar>
-[...170 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="236E6F1E" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...2 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="39B49EED" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2633</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6141B5D9" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2676</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30EA382D" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="14BCAC44" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:after="120"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="704EA92A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="4AE0B978" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:after="120"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="252977DC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:after="120"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42E7ED84" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2764</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...25 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568FBC71" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-110" w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2795</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:after="120"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="633D0C92" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2809</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38182EDB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12CA5E07" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7885FD8B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="475CB6E1" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="400BC896" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A38015E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vyresnysis mokytojas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="419945A5" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3011A442" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD73F3C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA1B0AB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29038217" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A26A7A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDB6DB0" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3834</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="5F12C730" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1AFF8E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas metodininkas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69CAB4FD" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208E35EA" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB709FC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B06AFF6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9938AC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23200331" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E272713" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4832</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="4B844F8E" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E705A9F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojas ekspertas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67516BF6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39A7B347" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71958EBF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,5872</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11921B11" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D252163" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="047E8E03" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="061AC1AA" w14:textId="129DA040" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>1,5507</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D9487D1" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00BD17E3" w:rsidRDefault="00317E38" w:rsidP="00BD17E3">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2DECC84A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A494B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6C657EBC" w14:textId="7A24B006" w:rsidR="00CB27CB" w:rsidRPr="00B860CE" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B860CE">
         <w:rPr>
@@ -19100,51 +20188,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBBEBAF" w14:textId="4A74FD0C" w:rsidR="00CB27CB" w:rsidRPr="00B860CE" w:rsidRDefault="00BD17E3" w:rsidP="00CB27CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="part_700ef77d8ec94ecf8e00231ec717d7b5"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidR="00CB27CB" w:rsidRPr="00B860CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> grupėje ugdantiems 2 ar daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
       <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19207,50 +20294,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="204D55F1" w14:textId="344F61F5" w:rsidR="00CB27CB" w:rsidRPr="00B860CE" w:rsidRDefault="00BD17E3" w:rsidP="00CB27CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="part_742a635eb7ad457ebb9d8b40123e1362"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00CB27CB" w:rsidRPr="00B860CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.2. ugdantiems vieną ar daugiau užsieniečių arba Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pradžios Lietuvos Respublikoje</w:t>
       </w:r>
       <w:r w:rsidR="00CB27CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19563,2285 +20651,2546 @@
         <w:t>Specialiojo pedagogo, logopedo, judesio korekcijos specialisto, karjeros specialisto</w:t>
       </w:r>
       <w:r w:rsidR="00686BEA" w:rsidRPr="00587BDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pareiginės algos minimalūs koeficientai (pareiginės algos (atlyginimo) baziniais dydžiais): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E46842" w14:textId="77777777" w:rsidR="00317E38" w:rsidRDefault="00317E38" w:rsidP="00743DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="10" w:type="dxa"/>
-          <w:right w:w="10" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005631BA" w14:paraId="489529E7" w14:textId="77777777" w:rsidTr="00B25B53">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="51E68ABE" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="275"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5B1B9A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kvalifikacinė</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FAD2BA3" w14:textId="77777777" w:rsidR="005631BA" w:rsidRPr="005631BA" w:rsidRDefault="005631BA" w:rsidP="00B25B53">
-            <w:pPr>
+          <w:p w14:paraId="2B3EDCC8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>kategorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25A8A59F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:t>koeficientai</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pareiginės algos koeficientai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005631BA" w14:paraId="643F11E8" w14:textId="77777777" w:rsidTr="00B25B53">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="22859EE1" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="275"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14658DE4" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="170128C4" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="7"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pedagoginio darbo stažas (metais)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="339F34DD" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="1121"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2CCFA3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01269F5F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:vMerge/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>iki 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41BCBC6E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>nuo daugiau kaip 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0095954B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>iki 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="058D0836" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>iki 2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>nuo daugiau kaip 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E80A84F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78C58F82" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>nuo daugiau kaip 10 iki 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1F609F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>nuo daugiau kaip 15 iki 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24CAA37B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>nuo daugiau kaip 10 iki 15</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>nuo daugiau kaip 20 iki 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEE78DC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>daugiau kaip 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="2860872C" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBCAD0" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="0CAA8958" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2E7555" w14:textId="0B0DAF0E" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:gridSpan w:val="8"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Specialusis pedagogas, logopedas, judesio korekcijos specialistas, karjeros specialistas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03580943" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6367F879" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26B42F72" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1,1041</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="698CFB0F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2252</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="608855B3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2633</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="694C9967" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1,1381</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2676</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA5FB68" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="5C6A01C4" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0563B02A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="72C06739" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:trPr>
+          <w:trHeight w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69D2931E" w14:textId="3B7E2F6F" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Sp</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ecialusis pedagogas, logopedas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E62DAB6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2764</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="416D58C6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-110" w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:gridSpan w:val="8"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2795</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF389E9" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2809</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...38 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFE6B4A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:left="-110" w:right="38"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A66BFD6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12DA594D" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA0894E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="746786EB" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A44F981" w14:textId="64CB762F" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Vyresnysis specialusis p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>edagogas, vyresnysis logopedas,</w:t>
+            </w:r>
             <w:r w:rsidRPr="005631BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>1,1994</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:t xml:space="preserve"> vyresnysis judesio korekcijos specialistas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2324B730" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52946070" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="214484C7" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38" w:firstLine="62"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA682D5" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF61C96" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB3A652" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D006D22" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3834</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="174C896E" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42AFCFD8" w14:textId="43EC5D87" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Specialusis pedagogas metodininkas, logopedas metodininkas,</w:t>
+            </w:r>
             <w:r w:rsidRPr="005631BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>1,2730</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005631BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>judesio korekcijos specialistas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>metodininkas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC56FA7" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A593FDF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF41E8F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38" w:firstLine="62"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4537E8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38" w:firstLine="62"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="267E7E99" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCB79B7" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62093BEB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4832</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="66063D84" w14:textId="77777777" w:rsidTr="000A494B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6345A286" w14:textId="77777777" w:rsidR="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Specialusis pedagogas ekspertas, logopedas ekspertas, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E40F961" w14:textId="0178D1E4" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005631BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>1,3627</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:t>judesio korekcijos specialistas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ekspertas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DABF5D3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59027598" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E662F2B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,5872</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38" w:firstLine="62"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="412C747D" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38" w:firstLine="62"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="617DC084" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="304F7161" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:right="38"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72BD5F84" w14:textId="1872E6D1" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:hanging="112"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...131 lines deleted...]
-              <w:t>1,5507</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AEA7169" w14:textId="77777777" w:rsidR="005631BA" w:rsidRDefault="005631BA" w:rsidP="00743DE1">
+    <w:p w14:paraId="41B397AC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRDefault="000A494B" w:rsidP="00743DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="335EBD40" w14:textId="777A7C2B" w:rsidR="00686BEA" w:rsidRPr="0096271A" w:rsidRDefault="00686BEA" w:rsidP="00743DE1">
+    <w:p w14:paraId="21CE8BBC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRDefault="000A494B" w:rsidP="00743DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB8CE9E" w14:textId="4381E258" w:rsidR="00CB27CB" w:rsidRPr="0096271A" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096271A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="part_ff85ed01a7264e8e82ade1a40292b87f"/>
@@ -22663,51 +24012,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="45516ECF" w14:textId="0817E50B" w:rsidR="00CB27CB" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004064FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8.1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004064FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>logopedui, dirbančiam specialiojo ugdymo skyriuje atitinkamai: 1-3 mok. – 5 procentai, 4-8 mok. – 8 procentai, 9-10 mokinių – 10 procentų, 11-14 mokinių – 15 procentų, daugiau 14 mokinių – 20 procentų;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6014CD8B" w14:textId="6B08ADFF" w:rsidR="00CB27CB" w:rsidRPr="00D64A88" w:rsidRDefault="00BD17E3" w:rsidP="00CB27CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
@@ -22813,50 +24161,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="191E3F3D" w14:textId="4708026D" w:rsidR="00CB27CB" w:rsidRPr="00587BDC" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587BDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00587BDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> Jeigu specialiojo pedagogo, logopedo, judesio korekcijos specialisto, karjeros specialisto veikla atitinka du ar daugiau nustatytų kriterijų, jų pareiginės algos koeficientas didinamas ne daugiau kaip 25 procentais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="386CD6A9" w14:textId="7807AD40" w:rsidR="00CB27CB" w:rsidRPr="00587BDC" w:rsidRDefault="00CB27CB" w:rsidP="00CB27CB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -23383,2346 +24732,2473 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> minimalūs koeficientai (pareiginės algos (atlyginimo) baziniais dydžiais):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63937717" w14:textId="7F79CE41" w:rsidR="007755BB" w:rsidRDefault="007755BB" w:rsidP="00686BEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EEC7816" w14:textId="77777777" w:rsidR="005631BA" w:rsidRDefault="005631BA" w:rsidP="00686BEA">
-[...32 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2268"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="2127"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00317E38" w14:paraId="0E212EB8" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="08A7BA54" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F7B3CE7" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="2ECF1BA8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kvalifikacinė</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05DC136F" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="5A64B619" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>kategorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="7649" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66E22E90" w14:textId="7324987D" w:rsidR="00060BC0" w:rsidRPr="006B5125" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="64AAD484" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>koeficientai</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pareiginės algos koeficientai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="723E94F3" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="2CF8E820" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0A0B9B" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="25A3CAFC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            <w:tcW w:w="7371" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7649" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E6C0D14" w14:textId="321EF380" w:rsidR="00060BC0" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="17AEEE4E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pedagoginio darbo stažas (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="3CBB77D1" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="2DE49DEA" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="1121"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65E52290" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="63EDD988" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="226BEAEC" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="36BF224E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="212015D6" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="5D93D364" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 2 iki 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66F26BC3" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="0B2180FE" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 5 iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D1CFA71" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="1F5E45B3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 10 iki 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0C2C0" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="7EA4AB0E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 15 iki 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CFC29C7" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="0E433FC9" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 20 iki 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40DB6B98" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="44F2B3B2" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="112"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>daugiau kaip 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317E38" w14:paraId="6686ABAD" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="093B7A38" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FF06EDD" w14:textId="77777777" w:rsidR="00317E38" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="368AE337" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF05F58" w14:textId="3DA7F861" w:rsidR="00060BC0" w:rsidRPr="00317E38" w:rsidRDefault="00060BC0" w:rsidP="006B5125">
-[...11 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005631BA" w14:paraId="2EADD74A" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="0DB56AAF" w14:textId="77777777" w:rsidTr="00D43C95">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5774FDAA" w14:textId="28C0CDBB" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="49CC6386" w14:textId="646DF0B1" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317E38">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Psichologo asistentas, socialinis pedagogas</w:t>
-            </w:r>
-[...38 lines deleted...]
-              <w:t>1,1041</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...248 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E28FDA2" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00850DC7" w:rsidRDefault="00317E38" w:rsidP="006B5125">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="4112F9D3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...19 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="720792AE" w14:textId="5C45BAA6" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="1006EDF2" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...62 lines deleted...]
-              <w:t>1,1857</w:t>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...244 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0E3B55" w14:textId="77777777" w:rsidR="005631BA" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="74E30BAB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...155 lines deleted...]
-              <w:t>1,2185</w:t>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...164 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22938DC3" w14:textId="081407C8" w:rsidR="005631BA" w:rsidRPr="00317E38" w:rsidRDefault="005631BA" w:rsidP="005631BA">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="45438626" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...54 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2252</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...234 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="551ED5C3" w14:textId="20939EB7" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="4A7E305A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:rPr>
-[...22 lines deleted...]
-              <w:t>ocialinis pedagogas ekspertas, pirmos kategorijos psichologas</w:t>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6611D0A6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38" w:firstLine="62"/>
-[...11 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2676</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="547E55FB" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38" w:firstLine="62"/>
-[...10 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="082A165D" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03CA6FA7" w14:textId="668BB674" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00850DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="lt-LT"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="77CC4249" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51A8A635" w14:textId="679AA5DA" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
-              <w:jc w:val="center"/>
-[...13 lines deleted...]
-              <w:t>1,4989</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ocialinis pedagogas, ketvirtos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kategorijos psichologas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFD107A" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>1,5371</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1,2764</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006DEE44" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="38"/>
-[...20 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:ind w:left="-110" w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2795</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w14:paraId="28BC1E2C" w14:textId="11131E7E" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="145A674B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2809</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3971C0" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15CDBF5D" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1132FE2C" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,2955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4D97FA" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="55D7D8EC" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF3C48B" w14:textId="77777777" w:rsidR="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yresnysis socialinis pedagogas, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7217DD15" w14:textId="31C7EF39" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>trečios kategorijos psichologas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1889647E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69E104F8" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78889E11" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C24FBAC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21D7B4F3" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B45A258" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3776</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69720287" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3834</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="6984B84D" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54A9B471" w14:textId="2157E598" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ocialinis pedagogas metodininkas, antros kategorijos psichologas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7C43AC" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="733CD12F" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="124"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F31DEA6" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,3967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="373779C5" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="664750F5" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F9B167" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E17938E" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,4832</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A494B" w:rsidRPr="000A494B" w14:paraId="0AA1D949" w14:textId="77777777" w:rsidTr="00D43C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="239F5CC8" w14:textId="2A656461" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317E38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>ocialinis pedagogas ekspertas, pirmos kategorijos psichologas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33B73355" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16391315" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38" w:firstLine="62"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="269DBFE2" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,5872</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD6FDDF" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED61367" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65B32384" w14:textId="77777777" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="38"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24667BA3" w14:textId="4419754A" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="38" w:hanging="104"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>1,5507</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,6693</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="30C7CA88" w14:textId="77777777" w:rsidR="005631BA" w:rsidRDefault="005631BA" w:rsidP="00686BEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6BDEF1A6" w14:textId="77777777" w:rsidR="00992742" w:rsidRDefault="00992742" w:rsidP="00743DE1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22F6435D" w14:textId="09BF34C1" w:rsidR="0001220F" w:rsidRPr="00C72415" w:rsidRDefault="00BD17E3" w:rsidP="00BD17E3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
@@ -26599,51 +28075,50 @@
         <w:t xml:space="preserve"> Psichologo (pareigybės lygis A1) pareiginės algos koeficientas didinamas 20 procentų.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A15B2A0" w14:textId="77777777" w:rsidR="00BD17E3" w:rsidRDefault="00BD17E3" w:rsidP="00BD17E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="915"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0001220F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3. J</w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="00D92BD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -26730,51 +28205,60 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="00C72415">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dirbančio mokykloje darbo laikas per savaitę yra 36 valandos (1 etatui). Ne daugiau kaip 60 procentų laiko</w:t>
       </w:r>
       <w:r w:rsidR="0001220F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (21,6 val.)</w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="00C72415">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> skiriama tiesioginiam darbui su švietimo pagalbos gavėjais (mokinių švietimo pagalbos arba specialiesiems ugdymosi poreikiams įvertinti, konsultuoti švietimo gavėjus, LR švietimo įstatymo 23</w:t>
+        <w:t xml:space="preserve"> skiriama tiesioginiam darbui su švietimo pagalbos gavėjais (mokinių švietimo pagalbos arba specialiesiems ugdymosi poreikiams įvertinti, </w:t>
+      </w:r>
+      <w:r w:rsidR="0001220F" w:rsidRPr="00C72415">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>konsultuoti švietimo gavėjus, LR švietimo įstatymo 23</w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="00C72415">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0001220F" w:rsidRPr="00C72415">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> str. 4 dalyje nustatytais atvejais – mokytojus ir kitus švietimo darbuotojus, vesti jiems užsiėmimus), o kita jų darbo dalis</w:t>
       </w:r>
       <w:r w:rsidR="0001220F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (14,4 val.)</w:t>
@@ -27370,224 +28854,224 @@
           </w:tcPr>
           <w:p w14:paraId="1507133C" w14:textId="77777777" w:rsidR="00317E38" w:rsidRPr="00317E38" w:rsidRDefault="00317E38" w:rsidP="005F2BA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317E38">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nesuteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="403E9B02" w14:textId="77777777" w:rsidTr="004F0F97">
+      <w:tr w:rsidR="000A494B" w14:paraId="403E9B02" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1446566C" w14:textId="4B1E1B5F" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="1446566C" w14:textId="4B1E1B5F" w:rsidR="000A494B" w:rsidRPr="00317E38" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="696E25BA" w14:textId="57838767" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="696E25BA" w14:textId="0FF7841F" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8305</w:t>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,8940</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41AA4F20" w14:textId="6BEE5A8C" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="41AA4F20" w14:textId="43B892B2" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8454</w:t>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,9101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAA5072" w14:textId="3214AEC9" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="3DAA5072" w14:textId="3578E680" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8603</w:t>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,9261</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49DD0CBD" w14:textId="5E822DA8" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="49DD0CBD" w14:textId="0CBEAF44" w:rsidR="000A494B" w:rsidRPr="000A494B" w:rsidRDefault="000A494B" w:rsidP="000A494B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8686</w:t>
+            <w:r w:rsidRPr="000A494B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,9350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00850DC7" w14:paraId="222B4830" w14:textId="77777777" w:rsidTr="005F2BA2">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CCD683B" w14:textId="77777777" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -27801,51 +29285,51 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00850DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Suteiktos kvalifikacinės kategorijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="318235F2" w14:textId="77777777" w:rsidTr="009B34E5">
+      <w:tr w:rsidR="00850DC7" w14:paraId="318235F2" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F5145DD" w14:textId="5D0CD863" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
@@ -27860,612 +29344,608 @@
             </w:r>
             <w:r w:rsidRPr="00317E38">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF20DEB" w14:textId="7F72FE50" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="7BF20DEB" w14:textId="3D8E2B4E" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00850DC7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8754</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100CDA06" w14:textId="7993388C" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="100CDA06" w14:textId="2DF2875F" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00850DC7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8835</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9511</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5814D026" w14:textId="1FED4BDF" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="5814D026" w14:textId="793FD856" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00850DC7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8902</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9583</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="32787512" w14:textId="77777777" w:rsidTr="009B34E5">
+      <w:tr w:rsidR="00AC5761" w14:paraId="32787512" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B5C4D38" w14:textId="50D635BD" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="6B5C4D38" w14:textId="50D635BD" w:rsidR="00AC5761" w:rsidRPr="00317E38" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317E38">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Vyresnysis auklėtojas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0B420C" w14:textId="6D846AF9" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="4F0B420C" w14:textId="074F64F3" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,8972</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF1A4FE" w14:textId="0C08BECF" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="7DF1A4FE" w14:textId="1DD47756" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9054</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9747</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A538DEC" w14:textId="468CB17D" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="3A538DEC" w14:textId="7FFE3876" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9122</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="5869CF7B" w14:textId="77777777" w:rsidTr="009B34E5">
+      <w:tr w:rsidR="00AC5761" w14:paraId="5869CF7B" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52300150" w14:textId="02663D2F" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="52300150" w14:textId="02663D2F" w:rsidR="00AC5761" w:rsidRPr="00317E38" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas metodininkas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16AF48BC" w14:textId="1E81DB49" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="16AF48BC" w14:textId="0BE07714" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9203</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9907</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8612A3" w14:textId="76C62EF2" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="5D8612A3" w14:textId="7AF2D11D" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9273</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0,9982</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B85D5D9" w14:textId="2C03F94B" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="7B85D5D9" w14:textId="56C8F7B5" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9353</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,0069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="69045F04" w14:textId="77777777" w:rsidTr="009B34E5">
+      <w:tr w:rsidR="00AC5761" w14:paraId="69045F04" w14:textId="77777777" w:rsidTr="000A494B">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E498004" w14:textId="4137D348" w:rsidR="00850DC7" w:rsidRPr="00317E38" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="6E498004" w14:textId="4137D348" w:rsidR="00AC5761" w:rsidRPr="00317E38" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00317E38">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Auklėtojas ekspertas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14C10D98" w14:textId="2F7F83FF" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="14C10D98" w14:textId="3D44E19A" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9503</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,0230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3348AD" w14:textId="49F787A2" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="4D3348AD" w14:textId="504D528D" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9612</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,0347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4377E120" w14:textId="381B1BF5" w:rsidR="00850DC7" w:rsidRPr="00850DC7" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
+          <w:p w14:paraId="4377E120" w14:textId="1FB58102" w:rsidR="00AC5761" w:rsidRPr="00850DC7" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00850DC7">
-[...6 lines deleted...]
-              <w:t>0,9857</w:t>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1,0611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="607A296A" w14:textId="77777777" w:rsidR="00850DC7" w:rsidRDefault="00BD17E3" w:rsidP="0001220F">
+    <w:p w14:paraId="02B9CFEA" w14:textId="075A5F4E" w:rsidR="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="0001220F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="6D9C936E" w14:textId="0F676AE0" w:rsidR="0001220F" w:rsidRDefault="00850DC7" w:rsidP="0001220F">
+    </w:p>
+    <w:p w14:paraId="6D9C936E" w14:textId="6ED1E240" w:rsidR="0001220F" w:rsidRDefault="00AC5761" w:rsidP="0001220F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -28797,93 +30277,96 @@
       <w:r w:rsidRPr="00E33139">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> valandos, iš jų 24 valandos per savaitę skiriamos tiesioginiam darbui su mokiniais, </w:t>
       </w:r>
       <w:r w:rsidR="00B14ACA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00E33139">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>valandos – netiesioginiam darbui su mokiniais (darbams planuoti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, tėvais (globėjais, rūpintojais) ugdymo klausimais ir kt.).</w:t>
+        <w:t xml:space="preserve"> valandos – netiesioginiam darbui su mokiniais (darbams planuoti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, tėvais (globėjais, rūpintojais) ugdymo klausimais ir kt.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7055E9CA" w14:textId="77777777" w:rsidR="003F4105" w:rsidRDefault="003F4105" w:rsidP="00743DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BBE4466" w14:textId="7D8B9EBE" w:rsidR="00743DE1" w:rsidRPr="00743DE1" w:rsidRDefault="00743DE1" w:rsidP="00743DE1">
+    <w:p w14:paraId="3A54C820" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00743DE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BBE4466" w14:textId="28AAC503" w:rsidR="00743DE1" w:rsidRPr="00743DE1" w:rsidRDefault="00743DE1" w:rsidP="00743DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00743DE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E80FA9C" w14:textId="351B1DE5" w:rsidR="00743DE1" w:rsidRPr="00743DE1" w:rsidRDefault="00743DE1" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00743DE1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MOKYKLOS DIREKTORIAUS PAVADUOTOJO UGDYMUI PAREIGINĖS ALGOS PASTOVIOSIOS DALIES KOEFICENTAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6598036E" w14:textId="77777777" w:rsidR="00D031A2" w:rsidRPr="00D031A2" w:rsidRDefault="00D031A2" w:rsidP="00D031A2">
       <w:pPr>
@@ -28984,644 +30467,737 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0502982B" w14:textId="77777777" w:rsidR="003F4105" w:rsidRDefault="003F4105" w:rsidP="00743DE1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2523"/>
         <w:gridCol w:w="2013"/>
         <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B14ACA" w14:paraId="1C1158B9" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="00AC5761" w:rsidRPr="00AC5761" w14:paraId="07AE8AAF" w14:textId="77777777" w:rsidTr="00AC5761">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44089152" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3E69B895" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių skaičius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7116" w:type="dxa"/>
+            <w:tcW w:w="6833" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17BBD61A" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...28 lines deleted...]
-              <w:t>koeficientai</w:t>
+          <w:p w14:paraId="78DB1481" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pareiginės algos koeficientai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14ACA" w14:paraId="7217D313" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="00AC5761" w:rsidRPr="00AC5761" w14:paraId="4E38C3E4" w14:textId="77777777" w:rsidTr="00AC5761">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60856A4D" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...14 lines deleted...]
-            <w:tcW w:w="7116" w:type="dxa"/>
+          <w:p w14:paraId="4E0B0BC1" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6833" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="794BF58B" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="18CEBD16" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pedagoginio darbo stažas (metais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14ACA" w14:paraId="4E576A32" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="00AC5761" w:rsidRPr="00AC5761" w14:paraId="4D921DBF" w14:textId="77777777" w:rsidTr="00AC5761">
         <w:trPr>
           <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17096A3A" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="72BFE5EE" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F3D0351" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="46E4CF13" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42B528DF" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="52E8F03B" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nuo daugiau kaip 10 iki 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AEDC2D0" w14:textId="77777777" w:rsidR="00B14ACA" w:rsidRPr="00B14ACA" w:rsidRDefault="00B14ACA" w:rsidP="005F2BA2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4D54E997" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>daugiau kaip 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850DC7" w14:paraId="5BE294D6" w14:textId="77777777" w:rsidTr="005F2BA2">
+      <w:tr w:rsidR="00AC5761" w:rsidRPr="00AC5761" w14:paraId="4DC9A31E" w14:textId="77777777" w:rsidTr="00AC5761">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A91E8B1" w14:textId="77777777" w:rsidR="00850DC7" w:rsidRPr="00B14ACA" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="798C04B2" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>iki 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2013" w:type="dxa"/>
-            <w:tcMar>
-[...111 lines deleted...]
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E74BD98" w14:textId="77777777" w:rsidR="00850DC7" w:rsidRPr="00B14ACA" w:rsidRDefault="00850DC7" w:rsidP="00850DC7">
-[...23 lines deleted...]
-            <w:tcW w:w="2013" w:type="dxa"/>
+          <w:p w14:paraId="0B9D187A" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,2778</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...27 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24C0C4E2" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,2827</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...28 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="124DCD4C" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,2856</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC5761" w:rsidRPr="00AC5761" w14:paraId="4130E39C" w14:textId="77777777" w:rsidTr="00AC5761">
+        <w:trPr>
+          <w:trHeight w:val="324"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...21 lines deleted...]
-              <w:t>2,1893</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B838CD1" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>501 ir daugiau</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10BDFC61" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,2920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6387CF88" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,3235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C317A62" w14:textId="797D5BAD" w:rsidR="00AC5761" w:rsidRPr="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00AC5761">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>2,3568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="04E1B5A7" w14:textId="77777777" w:rsidR="00AC5761" w:rsidRDefault="00AC5761" w:rsidP="00743DE1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0E02439E" w14:textId="77777777" w:rsidR="00D031A2" w:rsidRPr="00D031A2" w:rsidRDefault="00D031A2" w:rsidP="00D031A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23D38FCF" w14:textId="2964BE8E" w:rsidR="0001220F" w:rsidRPr="00D92BD9" w:rsidRDefault="00BD17E3" w:rsidP="0001220F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -29967,84 +31543,117 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07A629BF" w14:textId="6B638547" w:rsidR="00D031A2" w:rsidRDefault="007755BB" w:rsidP="007755BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8B74EF" w14:textId="6CF2E407" w:rsidR="005F2BA2" w:rsidRDefault="005F2BA2" w:rsidP="00992742">
+    <w:p w14:paraId="43FF9A0A" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D22C15A" w14:textId="34589555" w:rsidR="003F4105" w:rsidRDefault="003F4105" w:rsidP="00992742">
+    <w:p w14:paraId="7254CF8C" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4565AEBA" w14:textId="77777777" w:rsidR="003F4105" w:rsidRDefault="003F4105" w:rsidP="00992742">
+    <w:p w14:paraId="209C1D89" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F367E80" w14:textId="039EC8D6" w:rsidR="00992742" w:rsidRPr="00991FE8" w:rsidRDefault="00992742" w:rsidP="00992742">
+    <w:p w14:paraId="2EA9C6CA" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="50" w:firstLine="6096"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE3BF5F" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="50" w:firstLine="6096"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1FDB92" w14:textId="77777777" w:rsidR="00D43C95" w:rsidRDefault="00D43C95" w:rsidP="00992742">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="50" w:firstLine="6096"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F367E80" w14:textId="025CCC8C" w:rsidR="00992742" w:rsidRPr="00991FE8" w:rsidRDefault="00992742" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Jonavos „Neries“ pagrindinės mokyklos </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489FD60E" w14:textId="77777777" w:rsidR="00992742" w:rsidRPr="00991FE8" w:rsidRDefault="00992742" w:rsidP="00992742">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="50" w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -30406,51 +32015,69 @@
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pagrindinio ug</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05155">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dymo programai įgyvendinti skiriamos 36-ių savaičių kontaktinės valandos, 37-os savaitės kontaktinės valandos perkeliamos prie pamokų, skirtų mokinio ugdymosi poreikiams tenkinti. 2025-2026 m.m. šios valandos paskir</w:t>
+        <w:t xml:space="preserve">dymo programai įgyvendinti skiriamos 36-ių savaičių kontaktinės valandos, 37-os savaitės kontaktinės valandos perkeliamos prie pamokų, skirtų mokinio ugdymosi poreikiams tenkinti. 2025-2026 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D05155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m.m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D05155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. šios valandos paskir</w:t>
       </w:r>
       <w:r w:rsidR="00A9196E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D05155">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tomos per visus mokslo metus ir skiriamos 5-10 kl. mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektinei veiklai.</w:t>
       </w:r>
@@ -30752,156 +32379,172 @@
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bendrojo ugdymo mokykloje: ne daugiau kaip 11 mokinių – 152 valandos per metus, 12-20 mokinių – 180 valandų per metus, 21 ir daugiau mokinių – 210 valandų per metus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CD0043" w14:textId="016279B5" w:rsidR="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
+    <w:p w14:paraId="61CD0043" w14:textId="5F96C019" w:rsidR="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>specialiojo ugdymo klasėje (grupėje): ne daugiau kaip 4</w:t>
+        <w:t>specialiojo ugdymo klas</w:t>
+      </w:r>
+      <w:r w:rsidR="006656CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ėje (grupėje): ne daugiau kaip 4- 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moki</w:t>
       </w:r>
       <w:r w:rsidR="00B14ACA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-7</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="3CEBEACB" w14:textId="266592D7" w:rsidR="00D05155" w:rsidRPr="00991FE8" w:rsidRDefault="00A9196E" w:rsidP="00973751">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="006656CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iai – 152;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEBEACB" w14:textId="35545926" w:rsidR="00D05155" w:rsidRPr="00991FE8" w:rsidRDefault="00A9196E" w:rsidP="00973751">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsižvelgiant į </w:t>
       </w:r>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>švietimo, mokslo ir sporto ministro patvirtintas rekomendacijas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> valandos, skirtos vadovauti klasei, gali būti didinamos ne daugiau 20 proc. už socialinės pilietinės veiklos koordinavimą. Didesnis valandų skaičius įskaičiuojamas į bendrą  etato dalį.</w:t>
+        <w:t xml:space="preserve"> valandos, skirtos vadovauti klasei, gali būti didinamos ne daugiau 20 proc. už socialinės pilietinės veiklos koordinavimą</w:t>
+      </w:r>
+      <w:r w:rsidR="006656CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendrojo ugdymo klasėse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Didesnis valandų skaičius įskaičiuojamas į bendrą  etato dalį.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108FEA54" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
@@ -30948,51 +32591,69 @@
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tėvų (globėjų, rūpintojų) informavimas, konsultavimas ir bendradarbiavimas su jais dėl mokinių ugdymo(si) ir mokymosi pažangos ir pasiekimų;</w:t>
+        <w:t>tėvų (globėjų, rūpintojų) informavimas, konsultavimas ir bendradarbiavimas su jais dėl mokinių ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00991FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00991FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) ir mokymosi pažangos ir pasiekimų;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9C5133" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
@@ -31298,50 +32959,51 @@
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="2204"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Metodinė veikla:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6636"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1327"/>
       </w:tblGrid>
       <w:tr w:rsidR="00991FE8" w:rsidRPr="00991FE8" w14:paraId="0591A572" w14:textId="77777777" w:rsidTr="00991FE8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6636" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C10B3C7" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="00973751">
@@ -33566,51 +35228,69 @@
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Informacinių, komunikacinių, audio – vizualinių technologijų diegimas, radiotechnikos aparatūros priežiūra:</w:t>
+        <w:t xml:space="preserve">Informacinių, komunikacinių, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00991FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>audio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00991FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – vizualinių technologijų diegimas, radiotechnikos aparatūros priežiūra:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7197"/>
         <w:gridCol w:w="1274"/>
         <w:gridCol w:w="1157"/>
       </w:tblGrid>
       <w:tr w:rsidR="00991FE8" w:rsidRPr="00991FE8" w14:paraId="16C5B759" w14:textId="77777777" w:rsidTr="00991FE8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7255" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0E0E3C" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="003F4105">
             <w:pPr>
@@ -33877,51 +35557,50 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CF9E005" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="003F4105">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="1560"/>
                 <w:tab w:val="left" w:pos="1701"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00991FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mokykloje vykdomų renginių radiofikavimas, vaizdinių – techninių priemonių parengimas, garsinimas ir aparatūros priežiūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19142245" w14:textId="74D6B148" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00B14ACA" w:rsidP="003F4105">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="1560"/>
                 <w:tab w:val="left" w:pos="1701"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -33984,50 +35663,51 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DEC93AB" w14:textId="77777777" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00991FE8" w:rsidP="003F4105">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="1560"/>
                 <w:tab w:val="left" w:pos="1701"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00991FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mokyklos internetinės svetainės veiklos organizavimas, priežiūra, savalaikis informavimas, mokyklos veiklos sklaida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77EA030D" w14:textId="0178CA22" w:rsidR="00991FE8" w:rsidRPr="00991FE8" w:rsidRDefault="00B14ACA" w:rsidP="003F4105">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
                 <w:tab w:val="left" w:pos="1560"/>
                 <w:tab w:val="left" w:pos="1701"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -37629,125 +39309,85 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007755BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="007755BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidRPr="007755BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3110A28F" w14:textId="4A12621A" w:rsidR="00045043" w:rsidRDefault="00045043" w:rsidP="00060BC0">
+    <w:p w14:paraId="2441351A" w14:textId="333128F4" w:rsidR="00E70E56" w:rsidRPr="00DE2EFF" w:rsidRDefault="00E70E56" w:rsidP="00D43C95">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...38 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E70E56" w:rsidRPr="00DE2EFF" w:rsidSect="00154F22">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F04E3DD" w14:textId="77777777" w:rsidR="00A76564" w:rsidRDefault="00A76564" w:rsidP="00534229">
+    <w:p w14:paraId="4F18E851" w14:textId="77777777" w:rsidR="00404795" w:rsidRDefault="00404795" w:rsidP="00534229">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76EFAC16" w14:textId="77777777" w:rsidR="00A76564" w:rsidRDefault="00A76564" w:rsidP="00534229">
+    <w:p w14:paraId="3F9D4738" w14:textId="77777777" w:rsidR="00404795" w:rsidRDefault="00404795" w:rsidP="00534229">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -37792,111 +39432,111 @@
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A65F59B" w14:textId="77777777" w:rsidR="00A76564" w:rsidRDefault="00A76564" w:rsidP="00534229">
+    <w:p w14:paraId="5323B3FC" w14:textId="77777777" w:rsidR="00404795" w:rsidRDefault="00404795" w:rsidP="00534229">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A56C409" w14:textId="77777777" w:rsidR="00A76564" w:rsidRDefault="00A76564" w:rsidP="00534229">
+    <w:p w14:paraId="2EE9FC6A" w14:textId="77777777" w:rsidR="00404795" w:rsidRDefault="00404795" w:rsidP="00534229">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="690727142"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4CD724AE" w14:textId="077F5E21" w:rsidR="00D05155" w:rsidRDefault="00D05155">
+      <w:p w14:paraId="4CD724AE" w14:textId="79BE51B4" w:rsidR="00457B35" w:rsidRDefault="00457B35">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00613E2A">
+        <w:r w:rsidR="00AC7520">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>29</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4A33C137" w14:textId="77777777" w:rsidR="00D05155" w:rsidRDefault="00D05155">
+  <w:p w14:paraId="4A33C137" w14:textId="77777777" w:rsidR="00457B35" w:rsidRDefault="00457B35">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0296541C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18F82268"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -40922,196 +42562,210 @@
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C3BE9"/>
     <w:rsid w:val="0000599C"/>
     <w:rsid w:val="000108AA"/>
     <w:rsid w:val="0001220F"/>
     <w:rsid w:val="00012684"/>
     <w:rsid w:val="000251EC"/>
     <w:rsid w:val="00045043"/>
     <w:rsid w:val="00060BC0"/>
     <w:rsid w:val="00062B33"/>
     <w:rsid w:val="0007447A"/>
     <w:rsid w:val="0009628B"/>
+    <w:rsid w:val="000A494B"/>
     <w:rsid w:val="000A7FF5"/>
     <w:rsid w:val="000B0CC8"/>
     <w:rsid w:val="000F172E"/>
     <w:rsid w:val="000F5138"/>
     <w:rsid w:val="0010355C"/>
     <w:rsid w:val="001068B0"/>
     <w:rsid w:val="00116F76"/>
     <w:rsid w:val="001202EE"/>
     <w:rsid w:val="0012539B"/>
     <w:rsid w:val="00127D47"/>
     <w:rsid w:val="00136686"/>
     <w:rsid w:val="00136B2A"/>
+    <w:rsid w:val="00144697"/>
     <w:rsid w:val="00154F22"/>
     <w:rsid w:val="00156A25"/>
     <w:rsid w:val="00182E5F"/>
     <w:rsid w:val="0019034E"/>
+    <w:rsid w:val="001A579B"/>
     <w:rsid w:val="001B0C1B"/>
     <w:rsid w:val="001B6DA0"/>
     <w:rsid w:val="001D2033"/>
     <w:rsid w:val="001D65FA"/>
     <w:rsid w:val="00202A0F"/>
     <w:rsid w:val="002147C9"/>
     <w:rsid w:val="002269F5"/>
     <w:rsid w:val="00227933"/>
     <w:rsid w:val="0025311D"/>
     <w:rsid w:val="00266726"/>
     <w:rsid w:val="0027022A"/>
     <w:rsid w:val="00280D01"/>
     <w:rsid w:val="00286FCC"/>
     <w:rsid w:val="00291981"/>
     <w:rsid w:val="0029391E"/>
     <w:rsid w:val="002939F5"/>
     <w:rsid w:val="002943AD"/>
     <w:rsid w:val="002A2686"/>
     <w:rsid w:val="002A3F82"/>
     <w:rsid w:val="002D33B0"/>
     <w:rsid w:val="002E34A8"/>
     <w:rsid w:val="002E4989"/>
     <w:rsid w:val="002F3DB5"/>
     <w:rsid w:val="00300BCD"/>
     <w:rsid w:val="00317E38"/>
     <w:rsid w:val="0032300B"/>
     <w:rsid w:val="003339A0"/>
     <w:rsid w:val="00341F0F"/>
+    <w:rsid w:val="00345CCF"/>
     <w:rsid w:val="003523AA"/>
     <w:rsid w:val="003645DF"/>
     <w:rsid w:val="003868D8"/>
+    <w:rsid w:val="00391900"/>
     <w:rsid w:val="003955F9"/>
     <w:rsid w:val="003C000A"/>
     <w:rsid w:val="003C1490"/>
     <w:rsid w:val="003D0007"/>
     <w:rsid w:val="003E0E9E"/>
     <w:rsid w:val="003E4D25"/>
     <w:rsid w:val="003E50A9"/>
     <w:rsid w:val="003F1DB8"/>
     <w:rsid w:val="003F4105"/>
     <w:rsid w:val="003F5100"/>
+    <w:rsid w:val="00404795"/>
     <w:rsid w:val="00405688"/>
     <w:rsid w:val="004064FB"/>
     <w:rsid w:val="00421C83"/>
     <w:rsid w:val="0042222D"/>
     <w:rsid w:val="00423185"/>
     <w:rsid w:val="00430BA4"/>
     <w:rsid w:val="00433F99"/>
     <w:rsid w:val="0044499D"/>
+    <w:rsid w:val="004511F0"/>
+    <w:rsid w:val="00457B35"/>
     <w:rsid w:val="00471409"/>
     <w:rsid w:val="00475832"/>
     <w:rsid w:val="00481483"/>
     <w:rsid w:val="0048245B"/>
     <w:rsid w:val="00486BBF"/>
     <w:rsid w:val="004900B6"/>
     <w:rsid w:val="00490C1D"/>
     <w:rsid w:val="00492C05"/>
     <w:rsid w:val="004A1A61"/>
     <w:rsid w:val="004B17F3"/>
     <w:rsid w:val="004C008F"/>
     <w:rsid w:val="004D4E57"/>
     <w:rsid w:val="004E0FD2"/>
     <w:rsid w:val="004E6288"/>
     <w:rsid w:val="004E630B"/>
     <w:rsid w:val="004E66A7"/>
     <w:rsid w:val="004E6993"/>
     <w:rsid w:val="004F0108"/>
     <w:rsid w:val="004F4525"/>
     <w:rsid w:val="004F6077"/>
+    <w:rsid w:val="00505EB0"/>
     <w:rsid w:val="00507747"/>
     <w:rsid w:val="00510E45"/>
     <w:rsid w:val="00521D83"/>
     <w:rsid w:val="005236CE"/>
     <w:rsid w:val="00525301"/>
     <w:rsid w:val="00531A9D"/>
     <w:rsid w:val="00534229"/>
     <w:rsid w:val="005631BA"/>
     <w:rsid w:val="005726C3"/>
     <w:rsid w:val="00582CA3"/>
     <w:rsid w:val="00583E6B"/>
     <w:rsid w:val="00587BDC"/>
+    <w:rsid w:val="00591D29"/>
     <w:rsid w:val="005A713C"/>
     <w:rsid w:val="005B3437"/>
     <w:rsid w:val="005C6F63"/>
     <w:rsid w:val="005E0FF7"/>
     <w:rsid w:val="005E2FEE"/>
     <w:rsid w:val="005F08B7"/>
     <w:rsid w:val="005F2BA2"/>
     <w:rsid w:val="005F40A7"/>
     <w:rsid w:val="005F4C29"/>
     <w:rsid w:val="005F766A"/>
     <w:rsid w:val="00602D94"/>
     <w:rsid w:val="006041DA"/>
     <w:rsid w:val="00604C6D"/>
     <w:rsid w:val="0061203B"/>
     <w:rsid w:val="00613E2A"/>
     <w:rsid w:val="006220FE"/>
     <w:rsid w:val="00626AC1"/>
+    <w:rsid w:val="00645258"/>
     <w:rsid w:val="00645F3D"/>
     <w:rsid w:val="006569CB"/>
+    <w:rsid w:val="006613CE"/>
+    <w:rsid w:val="006656CE"/>
     <w:rsid w:val="00686BEA"/>
     <w:rsid w:val="006A4FA5"/>
     <w:rsid w:val="006B5125"/>
     <w:rsid w:val="006C08F3"/>
     <w:rsid w:val="006C42C0"/>
     <w:rsid w:val="006D287B"/>
     <w:rsid w:val="006D7A34"/>
     <w:rsid w:val="006E13C7"/>
     <w:rsid w:val="006E49ED"/>
     <w:rsid w:val="006F2B7D"/>
     <w:rsid w:val="006F3F97"/>
     <w:rsid w:val="006F47F9"/>
     <w:rsid w:val="007131B7"/>
     <w:rsid w:val="0071681F"/>
     <w:rsid w:val="0072356D"/>
     <w:rsid w:val="007278D1"/>
     <w:rsid w:val="00732105"/>
     <w:rsid w:val="00743DE1"/>
     <w:rsid w:val="00760E0F"/>
     <w:rsid w:val="00765424"/>
     <w:rsid w:val="00766021"/>
     <w:rsid w:val="0077252B"/>
     <w:rsid w:val="00773275"/>
     <w:rsid w:val="00774A41"/>
     <w:rsid w:val="007755BB"/>
@@ -41141,183 +42795,192 @@
     <w:rsid w:val="008B18F1"/>
     <w:rsid w:val="008B3E9B"/>
     <w:rsid w:val="008C3BE9"/>
     <w:rsid w:val="008D055D"/>
     <w:rsid w:val="008D4004"/>
     <w:rsid w:val="008E1E93"/>
     <w:rsid w:val="008F0B02"/>
     <w:rsid w:val="00900F02"/>
     <w:rsid w:val="00914EBD"/>
     <w:rsid w:val="00920211"/>
     <w:rsid w:val="009216E0"/>
     <w:rsid w:val="009345A1"/>
     <w:rsid w:val="009444C7"/>
     <w:rsid w:val="009524FA"/>
     <w:rsid w:val="0095691D"/>
     <w:rsid w:val="0096271A"/>
     <w:rsid w:val="00973751"/>
     <w:rsid w:val="00984DDD"/>
     <w:rsid w:val="00991FE8"/>
     <w:rsid w:val="00992742"/>
     <w:rsid w:val="009A3B7E"/>
     <w:rsid w:val="009B3272"/>
     <w:rsid w:val="009B525A"/>
     <w:rsid w:val="009C095D"/>
     <w:rsid w:val="009C3FA3"/>
+    <w:rsid w:val="009C6A58"/>
     <w:rsid w:val="009D4623"/>
+    <w:rsid w:val="009F1200"/>
     <w:rsid w:val="009F1467"/>
     <w:rsid w:val="009F62C0"/>
     <w:rsid w:val="00A03D63"/>
     <w:rsid w:val="00A10078"/>
     <w:rsid w:val="00A24C93"/>
     <w:rsid w:val="00A24E31"/>
     <w:rsid w:val="00A35FC0"/>
     <w:rsid w:val="00A40735"/>
     <w:rsid w:val="00A453D1"/>
     <w:rsid w:val="00A50378"/>
     <w:rsid w:val="00A70F16"/>
     <w:rsid w:val="00A7239F"/>
     <w:rsid w:val="00A73960"/>
     <w:rsid w:val="00A76564"/>
     <w:rsid w:val="00A81EE4"/>
     <w:rsid w:val="00A823E7"/>
     <w:rsid w:val="00A84AB6"/>
     <w:rsid w:val="00A9196E"/>
     <w:rsid w:val="00A9233F"/>
     <w:rsid w:val="00A968AE"/>
     <w:rsid w:val="00AA1786"/>
     <w:rsid w:val="00AA5140"/>
     <w:rsid w:val="00AA5285"/>
     <w:rsid w:val="00AA6B6C"/>
     <w:rsid w:val="00AA7159"/>
+    <w:rsid w:val="00AC5761"/>
+    <w:rsid w:val="00AC7520"/>
     <w:rsid w:val="00AC7C7A"/>
     <w:rsid w:val="00AD5FB0"/>
     <w:rsid w:val="00AD60F8"/>
+    <w:rsid w:val="00AE2255"/>
     <w:rsid w:val="00AF1180"/>
     <w:rsid w:val="00B01B89"/>
     <w:rsid w:val="00B113C0"/>
     <w:rsid w:val="00B14ACA"/>
     <w:rsid w:val="00B209EE"/>
     <w:rsid w:val="00B31615"/>
     <w:rsid w:val="00B34FA9"/>
     <w:rsid w:val="00B80146"/>
     <w:rsid w:val="00B85485"/>
     <w:rsid w:val="00B860CE"/>
     <w:rsid w:val="00BA30F7"/>
     <w:rsid w:val="00BB251B"/>
     <w:rsid w:val="00BB3F5B"/>
     <w:rsid w:val="00BC231A"/>
     <w:rsid w:val="00BD17E3"/>
     <w:rsid w:val="00BD4A2C"/>
     <w:rsid w:val="00BD5BF6"/>
     <w:rsid w:val="00BD7459"/>
     <w:rsid w:val="00BE0DDC"/>
     <w:rsid w:val="00BF3D50"/>
     <w:rsid w:val="00C01505"/>
     <w:rsid w:val="00C35374"/>
     <w:rsid w:val="00C3649F"/>
     <w:rsid w:val="00C4294E"/>
     <w:rsid w:val="00C464E8"/>
     <w:rsid w:val="00C72415"/>
     <w:rsid w:val="00C729EC"/>
     <w:rsid w:val="00C84D69"/>
     <w:rsid w:val="00CA38F4"/>
     <w:rsid w:val="00CA5620"/>
     <w:rsid w:val="00CA5BF4"/>
     <w:rsid w:val="00CA7B80"/>
     <w:rsid w:val="00CB27CB"/>
     <w:rsid w:val="00CC3198"/>
     <w:rsid w:val="00CC5178"/>
     <w:rsid w:val="00CE407B"/>
     <w:rsid w:val="00D031A2"/>
     <w:rsid w:val="00D05155"/>
     <w:rsid w:val="00D1296F"/>
     <w:rsid w:val="00D20560"/>
     <w:rsid w:val="00D24117"/>
     <w:rsid w:val="00D27D87"/>
     <w:rsid w:val="00D30755"/>
     <w:rsid w:val="00D31226"/>
     <w:rsid w:val="00D34215"/>
     <w:rsid w:val="00D34C9D"/>
     <w:rsid w:val="00D350D2"/>
     <w:rsid w:val="00D40406"/>
+    <w:rsid w:val="00D43C95"/>
     <w:rsid w:val="00D54683"/>
     <w:rsid w:val="00D622C3"/>
     <w:rsid w:val="00D62FF6"/>
     <w:rsid w:val="00D64A88"/>
+    <w:rsid w:val="00D736FF"/>
     <w:rsid w:val="00D74286"/>
     <w:rsid w:val="00D87ABC"/>
     <w:rsid w:val="00D92BD9"/>
     <w:rsid w:val="00DA4012"/>
     <w:rsid w:val="00DB4B5B"/>
     <w:rsid w:val="00DC66AB"/>
     <w:rsid w:val="00DC75F0"/>
     <w:rsid w:val="00DD0857"/>
     <w:rsid w:val="00DD0FCE"/>
     <w:rsid w:val="00DD1963"/>
     <w:rsid w:val="00DD1CA3"/>
     <w:rsid w:val="00DE2EFF"/>
     <w:rsid w:val="00DF3DC7"/>
     <w:rsid w:val="00E01547"/>
     <w:rsid w:val="00E12450"/>
     <w:rsid w:val="00E33139"/>
     <w:rsid w:val="00E33B0C"/>
     <w:rsid w:val="00E47FBC"/>
     <w:rsid w:val="00E55613"/>
     <w:rsid w:val="00E64AC5"/>
     <w:rsid w:val="00E66EBB"/>
     <w:rsid w:val="00E70E56"/>
     <w:rsid w:val="00E81B8D"/>
+    <w:rsid w:val="00E82F50"/>
     <w:rsid w:val="00E8413F"/>
     <w:rsid w:val="00E912A2"/>
     <w:rsid w:val="00EA144C"/>
     <w:rsid w:val="00EA3724"/>
     <w:rsid w:val="00EB1117"/>
     <w:rsid w:val="00EC1111"/>
     <w:rsid w:val="00EF4456"/>
     <w:rsid w:val="00EF743F"/>
     <w:rsid w:val="00EF7E27"/>
     <w:rsid w:val="00F02405"/>
     <w:rsid w:val="00F12A2E"/>
     <w:rsid w:val="00F20D12"/>
     <w:rsid w:val="00F21E49"/>
     <w:rsid w:val="00F30043"/>
     <w:rsid w:val="00F444D6"/>
     <w:rsid w:val="00F62FC3"/>
     <w:rsid w:val="00F70978"/>
     <w:rsid w:val="00F70BAF"/>
     <w:rsid w:val="00F8761C"/>
     <w:rsid w:val="00F879D8"/>
     <w:rsid w:val="00F96885"/>
     <w:rsid w:val="00FB79F1"/>
     <w:rsid w:val="00FC6AE8"/>
     <w:rsid w:val="00FC7023"/>
     <w:rsid w:val="00FC7EE7"/>
     <w:rsid w:val="00FD44D0"/>
     <w:rsid w:val="00FD7B51"/>
     <w:rsid w:val="00FD7CA1"/>
     <w:rsid w:val="00FE643D"/>
+    <w:rsid w:val="00FF527D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31997F21"/>
@@ -42190,64 +43853,129 @@
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                     <w:div w:id="145366906">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="164907910">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="173080589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="274219131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="381027989">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="412969857">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="573970477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="711459196">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="984553399">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -42279,50 +44007,63 @@
         <w:div w:id="422337753">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="137379850">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="1307201327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1391996414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="274021414">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -42457,100 +44198,126 @@
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1847816978">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1446197730">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1540321503">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="720978436">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="582370921">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="927233225">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="1591573876">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -42789,89 +44556,89 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0469D1F9-0023-42B7-9919-5F05CC40736C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA6EAA30-8531-4F5A-93D4-B3DB6C4EDE5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>29</Pages>
-  <Words>45508</Words>
-  <Characters>25941</Characters>
+  <Words>45500</Words>
+  <Characters>25936</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>216</Lines>
   <Paragraphs>142</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>71307</CharactersWithSpaces>
+  <CharactersWithSpaces>71294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vitalija</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>