--- v0 (2025-10-22)
+++ v1 (2026-02-01)
@@ -4,279 +4,345 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002A2FAB" w:rsidRPr="005E283C" w:rsidRDefault="002A2FAB" w:rsidP="005E283C">
+    <w:p w:rsidR="002A2FAB" w:rsidRPr="005E283C" w:rsidRDefault="002A2FAB" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="005E283C">
+    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos „Neries“ pagrindinės mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="005E283C">
+    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>direktoriaus 2020 m. rugpjūčio 31 d.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="005E283C">
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00626831">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gruodžio</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="006D1D7B" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...8 lines deleted...]
-    <w:p w:rsidR="002A2FAB" w:rsidRPr="005E283C" w:rsidRDefault="002A2FAB" w:rsidP="00F90E57">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>209</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A2FAB" w:rsidRPr="005E283C" w:rsidRDefault="002A2FAB" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="005E283C" w:rsidP="00F90E57">
+    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="007377B1" w:rsidRDefault="00F66AB9" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JONAVOS ,,NERIES“ PAGRINDINĖS MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9336E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIDAUS KONTROLĖS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>JONAVOS ,,NERIES“ PAGRINDINĖS MOKYKLOS</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>TVARKOS APRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC14E4" w:rsidRDefault="00EC14E4" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...9 lines deleted...]
-    <w:p w:rsidR="00EC14E4" w:rsidRDefault="00EC14E4" w:rsidP="00F90E57">
+    </w:p>
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00F90E57">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00F90E57">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="00F90E57">
-[...10 lines deleted...]
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00F66AB9" w:rsidP="005E283C">
+    <w:p w:rsidR="00DA4E8F" w:rsidRPr="005E283C" w:rsidRDefault="00DA4E8F" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00F66AB9" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jonavos ,,Neries“ pagrindinės mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(toliau –</w:t>
       </w:r>
       <w:r w:rsidR="00EC14E4" w:rsidRPr="005E283C">
@@ -378,61 +444,61 @@
       <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vidaus kontrolės vertinimą ir trūkumų šalinimą,</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tvarkos įgyvendinimo priežiūrą ir kontrolę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD173B" w:rsidRPr="005E283C" w:rsidRDefault="00DD173B" w:rsidP="005E283C">
+    <w:p w:rsidR="00DD173B" w:rsidRPr="005E283C" w:rsidRDefault="00DD173B" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apraše vartojamos sąvokos suprantamos taip, kaip jos apibrėžiamos L</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ietuvos Respublikos</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
@@ -478,57 +544,57 @@
       <w:r w:rsidR="0044330D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>espublikos</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Buhalterinės apskaitos įstatyme</w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00DD173B" w:rsidP="005E283C">
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00DD173B" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
@@ -592,57 +658,57 @@
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstatyme numatytų </w:t>
       </w:r>
       <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tikslų</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00791633" w:rsidP="005E283C">
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00791633" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. </w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
@@ -668,57 +734,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įstaigos veiklos sričių, vidaus kontrolės tvarkos aprašų, taisyklių ir kitų dokumentų, skirtų vidaus kontrolei įstaigoje sukurti ir įgyvendinti visuma;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00791633" w:rsidRPr="005E283C" w:rsidRDefault="00791633" w:rsidP="005E283C">
+    <w:p w:rsidR="00791633" w:rsidRPr="005E283C" w:rsidRDefault="00791633" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
@@ -767,166 +833,214 @@
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kad dėl įstaigos rizikos veiksnių įstaigos veiklos tikslai nebus įgyvendinti arba bus įgyvendinti netinkamai ir dėl to ji gali patirti nuostolių</w:t>
       </w:r>
       <w:r w:rsidR="00E24843" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E24843" w:rsidRPr="005E283C" w:rsidRDefault="00E24843" w:rsidP="005E283C">
+    <w:p w:rsidR="00E24843" w:rsidRPr="005E283C" w:rsidRDefault="00E24843" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>staigos rizikos valdymas</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-įstaigos rizikos veiksnių nustatymas, analizė ir priemonių, kurios sumažintų arba pašalintų neigiamą poveikį įstaigos veiklai ,parinkimas.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="005E283C">
+        <w:t>-įstaigos rizikos veiksnių nustatymas, analizė ir priemonių, kurios sumažintų arba pašalintų neigiamą poveikį įstaigos veiklai,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parinkimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aprašas parengtas vadovaujantis Lietuvos Respublikos vidaus kontrolės ir vidaus</w:t>
       </w:r>
       <w:r w:rsidR="00DC63D6" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>audito įstatym</w:t>
       </w:r>
       <w:r w:rsidR="000262DB" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Lietuvos Respublikos</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003052E6" w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vidaus kontrolės įgyvendinimo viešajame juridiniame asmenyje tvarkos aprašu</w:t>
+      </w:r>
+      <w:r w:rsidR="003052E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, patvirtintu</w:t>
+      </w:r>
+      <w:r w:rsidR="003052E6" w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos</w:t>
       </w:r>
       <w:r w:rsidR="004F545D" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansų ministro 2020 m. birželio 29</w:t>
       </w:r>
       <w:r w:rsidR="008C2637" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F545D" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d. įsakymu N</w:t>
       </w:r>
@@ -938,96 +1052,96 @@
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="004F545D" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F545D" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1K-195 patvirtintu Vidaus kontrolės įgyvendinimo viešajame juridiniame asmenyje tvarkos aprašu, atsižvelgiant į veiklos pobūdį </w:t>
+        <w:t xml:space="preserve">1K-195, atsižvelgiant į veiklos pobūdį </w:t>
       </w:r>
       <w:r w:rsidR="00C8617E" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bei ypatumus, veiklos riziką, personalo išteklius, apskaitos ir informacinę sistemą,</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kitais norminiais aktais</w:t>
       </w:r>
       <w:r w:rsidR="00DC63D6" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reglamentuojančiais vidaus kontrolę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2637" w:rsidRPr="005E283C" w:rsidRDefault="008C2637" w:rsidP="005E283C">
+    <w:p w:rsidR="008C2637" w:rsidRPr="005E283C" w:rsidRDefault="008C2637" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aprašas reglamentuoja tik pagrindines nuostatas dėl vidaus kontrolės</w:t>
       </w:r>
       <w:r w:rsidR="002345D3" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
@@ -1089,134 +1203,157 @@
       <w:r w:rsidR="002345D3" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cedūros detalizuojami mokyklos vidaus teisės aktuose. Atsižvelgiant į nuolat kintančias Mokyklos veiklos sąlygas ir aplinką, rizikos valdymas atliekamas nuolat ir (arba)periodiškai. Dėl šios priežasties vidaus kontrolės pol</w:t>
       </w:r>
       <w:r w:rsidR="008C5600" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002345D3" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tikos turinys kasmet peržiūrimas ir atnaujinamas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00F90E57">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    </w:p>
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00F90E57">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00E05AC8" w:rsidRPr="005E283C" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VIDAUS KONTROLĖS</w:t>
       </w:r>
       <w:r w:rsidR="00C707B4" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TIKSLAI IR JŲ ĮGYVENDINIMAS</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRDefault="00E05AC8" w:rsidP="005E283C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00E05AC8" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="00A11770" w:rsidP="005E283C">
+    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="00A11770" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00E05AC8" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vadov</w:t>
       </w:r>
       <w:r w:rsidR="00C707B4" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1244,96 +1381,96 @@
       <w:r w:rsidR="00746120" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> užtikrint</w:t>
       </w:r>
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i, kad mokykloje:</w:t>
       </w:r>
       <w:r w:rsidR="000D1F55" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="005E283C">
+    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ūtų laikomasi teisės aktų, reglamentuojančių įstaigos veiklą reikalavimų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="005E283C">
+    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>augomas turtas nuo sukčiavimo</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1377,206 +1514,217 @@
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>naudojimo ar disponavimo juo ar kitų neteisėtų veiklų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="005E283C">
+    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>eikla vykdoma laikantis patikimo finansų valdymo principo, grindžiamo ekonomiškumu, efektyvumu ir rezultatyvumu;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008C5600" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="005E283C">
+        <w:t>eikla vykdoma laikantis patikimo</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="003B236F" w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansų valdymo principo, grindžiamo ekonomiškumu, efektyvumu ir rezultatyvumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C5600" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="008C5600" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eikiama aktuali,  patikima, išsami ir teisinga informacija apie mo</w:t>
       </w:r>
       <w:r w:rsidR="00404E8C" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kyklos finansinę ir kitą veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F11339" w:rsidRPr="005E283C" w:rsidRDefault="001B2ABC" w:rsidP="005E283C">
+    <w:p w:rsidR="00F11339" w:rsidRPr="005E283C" w:rsidRDefault="001B2ABC" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Neatsiejama sukurtos veiksmingo</w:t>
       </w:r>
       <w:r w:rsidR="00F11339" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s vidaus kontrolės dalis yra </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>finansų kontrolė. Finansų kontrolė Mokykloje atliekama  vadovaujantis mokyklos direktoriaus įsakymu patvirtintomis Finansų kontrolės taisyklėmis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B2ABC" w:rsidRPr="005E283C" w:rsidRDefault="001B2ABC" w:rsidP="005E283C">
+    <w:p w:rsidR="001B2ABC" w:rsidRPr="005E283C" w:rsidRDefault="001B2ABC" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidaus kontrolė mokykloje įgyvendinama atsižvelgiant į Mokyklos veiklos ypatumus (kuriuos lemia organizacinė struktūra, dydis, reguliavimo lygis, rizika, veiklos aplinka, sudėtingumas </w:t>
       </w:r>
       <w:r w:rsidR="00694214" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir. kt.) laikantis vidaus kontrolės principų, apimant vidaus kontrolės elementus, integruojant vidaus kontrolę į Mokyklos veiklą ir jos veiklą reglamentuojančius teisės aktus (Aprašo </w:t>
+        <w:t>ir. kt.) laikantis vidaus kontrolės principų, apimant vidaus kontrolės elementus, integruojant vidaus kontrolę į Mokyklos veiklą ir jos veiklą reglamentuojančius teisės aktus (</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00694214" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priedas)</w:t>
       </w:r>
       <w:r w:rsidR="000D1F55" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1612,182 +1760,206 @@
         </w:rPr>
         <w:t xml:space="preserve">bei </w:t>
       </w:r>
       <w:r w:rsidR="00694214" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nuolat tobulinant ir keičiant vidaus kontrolę</w:t>
       </w:r>
       <w:r w:rsidR="000D1F55" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00694214" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> periodiškai peržiūrimi (Aprašo </w:t>
+        <w:t xml:space="preserve"> periodiškai peržiūrimi (</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2 priedas</w:t>
       </w:r>
       <w:r w:rsidR="00694214" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000D1F55" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B236F" w:rsidRDefault="003B236F" w:rsidP="005E283C">
-[...13 lines deleted...]
-    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00F90E57">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...11 lines deleted...]
-    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00F90E57">
+    </w:p>
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...11 lines deleted...]
-    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="005E283C">
+    </w:p>
+    <w:p w:rsidR="000D1F55" w:rsidRPr="005E283C" w:rsidRDefault="000D1F55" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00B36DDC" w:rsidP="005E283C">
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="374"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>VIDAUS KONTROLĖS PRINCIPAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00900BF1" w:rsidRPr="001D1D0E" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="374"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00B36DDC" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklos direktorius</w:t>
       </w:r>
       <w:r w:rsidR="00900BF1" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, siekdamas veiklos planavimo dokumentuose </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
@@ -1810,596 +1982,595 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00900BF1" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Įstatyme</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="00B36DDC" w:rsidP="005E283C">
+    <w:p w:rsidR="005E283C" w:rsidRDefault="00B36DDC" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Tinkamumo</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>vidaus kontrolė pirmiausia įgyvendinama</w:t>
       </w:r>
       <w:r w:rsidR="005F0878" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> tose Mokyklos veiklos srityse, kuriose susiduriama su didžiausia rizika;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="005E283C">
+    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Efektyvumo</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>vidaus kontrolės įgyvendinimo sąnaudos neviršija dėl atliekamos vidaus kontrolės gaunamos naudos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="005E283C">
+    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Rezultatyvumo</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>yra pa</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>siekti vidaus kontrolės tikslai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="005E283C">
+    <w:p w:rsidR="005E283C" w:rsidRDefault="005F0878" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Optimalumo</w:t>
       </w:r>
       <w:r w:rsidR="00F90E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus kontrolė yra proporcinga rizikai ir neperteklinė;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E283C" w:rsidRDefault="00991D89" w:rsidP="005E283C">
+    <w:p w:rsidR="005E283C" w:rsidRDefault="00991D89" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Dinamiškumo</w:t>
       </w:r>
       <w:r w:rsidR="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus kontrolė yra nuolat tobulinama atsižvelgiant į pasikeitusias įstaigos veiklos sąlygas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991D89" w:rsidRPr="005E283C" w:rsidRDefault="00991D89" w:rsidP="005E283C">
+    <w:p w:rsidR="00991D89" w:rsidRPr="005E283C" w:rsidRDefault="00991D89" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="693"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="-2" w:firstLine="992"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Nenutrūkstamumo funkcionavimo</w:t>
       </w:r>
       <w:r w:rsidR="00265E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>vidaus kontrolė yra įgyvendinama nuolat.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00E9535E">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00E9535E">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00991D89" w:rsidRPr="005E283C" w:rsidRDefault="00991D89" w:rsidP="00F90E57">
+    <w:p w:rsidR="00991D89" w:rsidRPr="005E283C" w:rsidRDefault="00991D89" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">IV SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00F90E57">
+    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>VIDAUS KONTROLĖS ELEMENTAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="005E283C">
+    <w:p w:rsidR="00900BF1" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="9" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F11339" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="005E283C">
+    <w:p w:rsidR="00F11339" w:rsidRPr="005E283C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidaus kontrolė reglamentuojama nustatant </w:t>
       </w:r>
       <w:r w:rsidR="00991D89" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>tikslus, organizacinę struktūrą, veiklos sritis ir procedūras (struktūrinėse schemose, politikose, tvarkų aprašuose, taisyklėse ir kituose dokumentuose).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00991D89" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00991D89" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00900BF1" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktorius, siekdamas veiklos planavimo dokumentuose </w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklai </w:t>
       </w:r>
       <w:r w:rsidR="00900BF1" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>numatytų tikslų, įgyvendina vidaus kontrolę, apimančią vidaus kontrolės elementus, nustatytus Įstatyme.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrolės aplinka </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">apima organizacinę struktūrą (detalizuojamą pareigybių sąraše, </w:t>
       </w:r>
@@ -2415,108 +2586,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>nuostatuose ir pareigybių aprašymuose); personalo valdymo politiką ir praktiką; kompetencijas; profesinio elgesio principus ir taisykles;</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> praktinius sprendimus, </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>kt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Rizikos vertinimas </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>apima rizikos veiksnių nustatymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRPr="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRPr="00194F6C" w:rsidRDefault="00900BF1" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrolės veikla </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>apima kontrolės priemonių parinkimą ir tobulinimą; technologijų naudojimą; politikų ir procedūrų</w:t>
       </w:r>
@@ -2552,66 +2723,66 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>veikla organizuojama taip, kad būtų tinkamai atskirtos darbuotojų funkcijos, stengiantis užtikrinti galimų interesų konfliktų, sukčiavimo, korupcijos apraiškų, tyčinių klaidų bei kitų neteisėtų veikų pasireiškimų tikimybės sumažinimą ir (arba) fiksavimą</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>laiku.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Informavimas ir komunikacija </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įgyvendinami laikantis Administracijos </w:t>
       </w:r>
@@ -2636,66 +2807,66 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>komunikacijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>. Siekiant užtikrinti tinkamą asmens duomenų apsaugą ir su tuo susijusių teisės aktuose nustatytų reikalavimų vykdymą, asmens duomenys Administracijoje yra tvarkomi Administracijos direktorius nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="673"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Stebėsena </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>apima nuolatinę stebėseną kasdien ir (ar) periodinius vertinimus, atliekamus vidaus auditorių ir kitų išorės audito vykdytojų bei veiklos vertintojų; trūkumų vertinimą ir pranešimą apie</w:t>
       </w:r>
@@ -2709,262 +2880,233 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">juos. </w:t>
       </w:r>
       <w:r w:rsidR="00F861F8" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykloje </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">sudarytos galimybės apie galimus trūkumus ir (ar) įtarimus, ypač susijusius su korupcija ir sukčiavimu, pranešti anonimiškai ir užtikrinama pranešėjo apsauga. Nustačius tam tikrus neatitikimus, pažeidimus, sukčiavimo ar korupcijos atvejus ir kitokius faktus, liudijančius apie vidaus kontrolės sistemos trūkumus, ir kai tai nėra reglamentuota kituose vidiniuose teisės aktuose, </w:t>
+        <w:t xml:space="preserve">sudarytos galimybės apie galimus trūkumus ir (ar) įtarimus, ypač </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">susijusius su korupcija ir sukčiavimu, pranešti anonimiškai ir užtikrinama pranešėjo apsauga. Nustačius tam tikrus neatitikimus, pažeidimus, sukčiavimo ar korupcijos atvejus ir kitokius faktus, liudijančius apie vidaus kontrolės sistemos trūkumus, ir kai tai nėra reglamentuota kituose vidiniuose teisės aktuose, </w:t>
       </w:r>
       <w:r w:rsidR="00F861F8" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>direktoriaus sprendimu gali būti atliekami konkretūs vertinimai, patikrinimai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9535E" w:rsidRDefault="00E9535E" w:rsidP="00E9535E">
+    <w:p w:rsidR="00E9535E" w:rsidRDefault="00E9535E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="00C448CD" w:rsidRPr="005E283C" w:rsidRDefault="00C448CD" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>V SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C448CD" w:rsidRPr="005E283C" w:rsidRDefault="00C448CD" w:rsidP="00F90E57">
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>VIDAUS KONTROLĖS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>DALYVIAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
-        <w:jc w:val="center"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Vidaus kontrolės dalyviai ir jų kompetencija nustatyta</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2979,65 +3121,65 @@
       <w:r w:rsidR="00C448CD" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>: Mokyklos vadovas,</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C448CD" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>vidaus kontrolės įgyvendinimo priežiūrą atliekantys darbuotojai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C448CD" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C448CD" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktorius, siekdamas veiklos planavimo dokumentuose </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
@@ -3051,65 +3193,65 @@
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>numatytų tikslų, organizuoja vidaus kontrolės kūrimą ir įgyvendinimą</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokykloje</w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidaus kontrolės įgyvendinimo priežiūrą atliekantys darbuotojai </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">(už </w:t>
       </w:r>
@@ -3164,177 +3306,196 @@
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus nustatytai vidaus kontrolės politikai, atlikdami nuolatinę stebėseną, apimančią kiekvieną vidaus kontrolės elementą. Jie teikia </w:t>
       </w:r>
       <w:r w:rsidR="00997276" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>direktoriui informaciją apie vidaus kontrolės ir rizikos valdymo, vidaus kontrolės politikos įgyvendinimo trūkumus ir rizikos veiksnius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00F90E57">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E283C">
-[...33 lines deleted...]
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00F90E57">
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00F90E57">
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93540" w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>VIDAUS KONTROLĖS ANALIZĖ IR VERTINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="374"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="007E78B9" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="007E78B9" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktorius užtikrina, kad kiekvienais metais būtų atliekama vidaus kontrolės analizė, apimanti visus vidaus kontrolės elementus, kurios metu būtų įvertinami </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
@@ -3373,870 +3534,889 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>priemonės.</w:t>
       </w:r>
       <w:r w:rsidR="00C9532F" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vidaus kontrolės vertinimas atliekamas ne mažiau kaip vieną kartą per metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9532F" w:rsidRPr="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00194F6C">
+    <w:p w:rsidR="00C9532F" w:rsidRPr="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklos vidaus kontrolė vertinama:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>labai gerai</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>jei visa rizika yra nustatyta ir valdoma, vidaus kontrolės trūkumų nerasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00C9532F" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>gerai</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> jei visa rizika yra nustatyta</w:t>
       </w:r>
       <w:r w:rsidR="002A3682" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir valdoma, bet yra vidaus kontrolės trūkumų, neturinčių neigiamos įtakos mokyklos veiklos rezultatams;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="002A3682" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="002A3682" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>patenkinamai</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>jei visa rizika yra nustatyta, tačiau dėl netinkamo rizikos valdymo yra vidaus kontrolės trūkumų, kurie gali turėti neigiamą įtaką mokyklos veiklos rezultatams</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A3682" w:rsidRPr="00194F6C" w:rsidRDefault="002A3682" w:rsidP="00194F6C">
+    <w:p w:rsidR="002A3682" w:rsidRPr="00194F6C" w:rsidRDefault="002A3682" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>silpnai</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>jei ne visa rizika yra nustatyta, nevykdomas rizikos valdymas ir vidaus kontrolės trūkumai daro neigiamą įtaką mokyklos veiklos rezultatams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="75" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="75" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atlikus vidaus kontrolės analizę ir vertinimą, </w:t>
       </w:r>
       <w:r w:rsidR="002A3682" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>direktorius gali siūlyti vidaus audito tarnybai atlikti tam tikrų veiklos sričių vidaus</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>auditą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A3682" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00194F6C">
+    <w:p w:rsidR="002A3682" w:rsidRPr="00194F6C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="75" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="75" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vidaus kontrolė nuolat tobulinama, atsižvelgiant į vidaus kontrolės analizės ir </w:t>
+        <w:t>Vidaus kontrolė nuolat tobulinama, atsižvelgiant į vidaus kontrolės analizės ir vertinimo rezultatus (pateiktas rekomendacijas ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>vertinimo rezultatus (pateiktas rekomendacijas ir</w:t>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-2"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>pasiūlymus).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00F90E57">
+    <w:p w:rsidR="00A9336E" w:rsidRDefault="00A9336E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="69" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="69" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="374"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="002A3682" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00F90E57">
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:t>INFORMACIJOS APIE VIDAUS KONTROLĖS ĮGYVENDINIMĄ TEIKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="005E283C">
+    <w:p w:rsidR="003E156E" w:rsidRPr="005E283C" w:rsidRDefault="003E156E" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="00A32B97" w:rsidP="00194F6C">
+    <w:p w:rsidR="003E156E" w:rsidRPr="00194F6C" w:rsidRDefault="00A32B97" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="95" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="95" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008E0E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="003E156E" w:rsidRPr="008E0E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktorius kiekvienais metais iki kovo 1 dienos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jonavos rajono savivaldybės administracijos direktoriaus </w:t>
+      </w:r>
+      <w:r w:rsidR="003E156E" w:rsidRPr="008E0E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t>rašytiniu prašymu, teikia ministro įsakyme nurodytą</w:t>
+      </w:r>
+      <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informaciją apie vidaus kontrolės įgyvendinimą </w:t>
+      </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokyklos </w:t>
+        <w:t xml:space="preserve">Mokykloje </w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">direktorius kiekvienais metais iki kovo 1 dienos </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Jonavos rajono savivaldybės administracijos direktoriaus </w:t>
+        <w:t>per praėjusius</w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Mokykloje </w:t>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E156E" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>per praėjusius</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90E57" w:rsidRDefault="00F90E57" w:rsidP="00F90E57">
+    <w:p w:rsidR="00A32B97" w:rsidRPr="005E283C" w:rsidRDefault="00A32B97" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="95" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A32B97" w:rsidRPr="005E283C" w:rsidRDefault="00A32B97" w:rsidP="00F90E57">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E283C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>VIII SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884EDF" w:rsidRPr="00194F6C" w:rsidRDefault="00A32B97" w:rsidP="00A9336E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="374"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
-        <w:t>VIII SKYRIUS</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00884EDF" w:rsidRPr="005E283C" w:rsidRDefault="00884EDF" w:rsidP="005E283C">
+    <w:p w:rsidR="00884EDF" w:rsidRPr="005E283C" w:rsidRDefault="00884EDF" w:rsidP="00A9336E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00884EDF" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00884EDF" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Visi už</w:t>
       </w:r>
       <w:r w:rsidR="00A32B97" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklos kontrolę atsakingi asmenys privalo laiku ir kokybiškai atlikti savo kontrolės pareigas, privalo siekti, kad kontrolė </w:t>
       </w:r>
       <w:r w:rsidR="00A32B97" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykloje </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>būtų veiksminga, t. y. patys privalo vykdyti kontrolę savo konkrečios veiklos aplinkoje ir atsakyti už jos nevykdymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00B97EBD" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00B97EBD" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojai, pastebėję šio </w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Apraš0 p</w:t>
+        <w:t>Apraš</w:t>
+      </w:r>
+      <w:r w:rsidR="00205CFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ažeidimus, apie juos privalo informuoti direktorių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00B97EBD" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00B97EBD" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai turi teisę raštu direktoriui teikti šio</w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
@@ -4250,3774 +4430,350 @@
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aprašo </w:t>
       </w:r>
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir veiklos kontrolės tobulinimo pasiūlymus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194F6C" w:rsidRDefault="00442895" w:rsidP="00194F6C">
+    <w:p w:rsidR="00194F6C" w:rsidRDefault="00442895" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00884EDF" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktorius užtikrina, kad būtų pašalinti veiklos kontrolės srityje atsakingų asmenų nustatyti trūkumai ir jų atsiradimą lemiantys veiksniai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00884EDF" w:rsidRDefault="00884EDF" w:rsidP="00194F6C">
+    <w:p w:rsidR="00884EDF" w:rsidRDefault="00884EDF" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Už ši</w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ame </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00442895" w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apraše </w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nustatytų pareigų nesilaikymą darbuotojams gali būti skiriamos drausminės nuobaudos Darbo kodekso nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9535E" w:rsidRPr="00194F6C" w:rsidRDefault="00E9535E" w:rsidP="00E9535E">
+    <w:p w:rsidR="00E9535E" w:rsidRPr="00194F6C" w:rsidRDefault="00E9535E" w:rsidP="00A9336E">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00884EDF" w:rsidRPr="005E283C" w:rsidRDefault="00884EDF" w:rsidP="005E283C">
+    <w:p w:rsidR="00884EDF" w:rsidRPr="005E283C" w:rsidRDefault="00884EDF" w:rsidP="00A9336E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E283C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00194F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05AC8" w:rsidRDefault="00E05AC8" w:rsidP="005E283C">
-[...3446 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId12"/>
+    <w:p w:rsidR="00E05AC8" w:rsidRDefault="00E05AC8" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D43F30" w:rsidRDefault="00D43F30" w:rsidP="00A9336E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D43F30" w:rsidSect="006A1010">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1560" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005511DE" w:rsidRDefault="005511DE" w:rsidP="00EC14E4">
+    <w:p w:rsidR="00A22C89" w:rsidRDefault="00A22C89" w:rsidP="00EC14E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005511DE" w:rsidRDefault="005511DE" w:rsidP="00EC14E4">
+    <w:p w:rsidR="00A22C89" w:rsidRDefault="00A22C89" w:rsidP="00EC14E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005511DE" w:rsidRDefault="005511DE" w:rsidP="00EC14E4">
+    <w:p w:rsidR="00A22C89" w:rsidRDefault="00A22C89" w:rsidP="00EC14E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005511DE" w:rsidRDefault="005511DE" w:rsidP="00EC14E4">
+    <w:p w:rsidR="00A22C89" w:rsidRDefault="00A22C89" w:rsidP="00EC14E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1136759630"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00EC14E4" w:rsidRDefault="00EC14E4">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D43F30">
+        <w:r w:rsidR="007F7D3D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00EC14E4" w:rsidRDefault="00EC14E4">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C0F7C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68B8C3F2"/>
     <w:lvl w:ilvl="0" w:tplc="C81C6772">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -9279,215 +6035,237 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00974A52"/>
     <w:rsid w:val="000262DB"/>
     <w:rsid w:val="00044AC9"/>
+    <w:rsid w:val="00047505"/>
     <w:rsid w:val="00093A95"/>
     <w:rsid w:val="000A1812"/>
     <w:rsid w:val="000D1F55"/>
     <w:rsid w:val="000E4564"/>
     <w:rsid w:val="000F07C8"/>
     <w:rsid w:val="00137C1C"/>
     <w:rsid w:val="00193DAC"/>
     <w:rsid w:val="00194F6C"/>
     <w:rsid w:val="001A3749"/>
     <w:rsid w:val="001B2ABC"/>
     <w:rsid w:val="001B6260"/>
     <w:rsid w:val="001C2664"/>
     <w:rsid w:val="001D1512"/>
+    <w:rsid w:val="001D1D0E"/>
+    <w:rsid w:val="00205CFE"/>
     <w:rsid w:val="002345D3"/>
+    <w:rsid w:val="00253DE5"/>
     <w:rsid w:val="00265E32"/>
     <w:rsid w:val="00276649"/>
     <w:rsid w:val="002A2FAB"/>
     <w:rsid w:val="002A3682"/>
     <w:rsid w:val="002C12F2"/>
+    <w:rsid w:val="002C1622"/>
     <w:rsid w:val="002F199F"/>
+    <w:rsid w:val="003052E6"/>
+    <w:rsid w:val="00347997"/>
     <w:rsid w:val="00372D21"/>
     <w:rsid w:val="003736C6"/>
+    <w:rsid w:val="00382214"/>
     <w:rsid w:val="003A3FA5"/>
     <w:rsid w:val="003B236F"/>
     <w:rsid w:val="003D05F7"/>
     <w:rsid w:val="003D1584"/>
     <w:rsid w:val="003D290C"/>
     <w:rsid w:val="003E156E"/>
     <w:rsid w:val="00401F04"/>
     <w:rsid w:val="00404E8C"/>
     <w:rsid w:val="00420B7B"/>
     <w:rsid w:val="00436AEF"/>
     <w:rsid w:val="00442895"/>
     <w:rsid w:val="0044330D"/>
     <w:rsid w:val="00475022"/>
+    <w:rsid w:val="004940CE"/>
     <w:rsid w:val="004F545D"/>
     <w:rsid w:val="00533F63"/>
     <w:rsid w:val="005465E1"/>
+    <w:rsid w:val="00550231"/>
     <w:rsid w:val="005511DE"/>
     <w:rsid w:val="0056796B"/>
+    <w:rsid w:val="00596024"/>
     <w:rsid w:val="005E283C"/>
     <w:rsid w:val="005F0878"/>
     <w:rsid w:val="005F0CA0"/>
     <w:rsid w:val="00600960"/>
     <w:rsid w:val="006105C8"/>
+    <w:rsid w:val="00626831"/>
     <w:rsid w:val="00631631"/>
+    <w:rsid w:val="006334ED"/>
+    <w:rsid w:val="00635F2A"/>
     <w:rsid w:val="00683D2B"/>
     <w:rsid w:val="00694214"/>
     <w:rsid w:val="00696467"/>
     <w:rsid w:val="006A0269"/>
     <w:rsid w:val="006A1010"/>
     <w:rsid w:val="006C057C"/>
     <w:rsid w:val="006C40B7"/>
+    <w:rsid w:val="006D1D7B"/>
     <w:rsid w:val="006D477E"/>
     <w:rsid w:val="00732047"/>
     <w:rsid w:val="007341E4"/>
+    <w:rsid w:val="007377B1"/>
     <w:rsid w:val="00746120"/>
     <w:rsid w:val="007535D1"/>
     <w:rsid w:val="007913C3"/>
     <w:rsid w:val="00791633"/>
     <w:rsid w:val="007D4467"/>
     <w:rsid w:val="007E78B9"/>
+    <w:rsid w:val="007F7D3D"/>
     <w:rsid w:val="00836B97"/>
     <w:rsid w:val="00856ED6"/>
     <w:rsid w:val="008741A4"/>
     <w:rsid w:val="00884EDF"/>
     <w:rsid w:val="00885DCB"/>
     <w:rsid w:val="008B6F46"/>
     <w:rsid w:val="008C2637"/>
     <w:rsid w:val="008C5600"/>
+    <w:rsid w:val="008E0E20"/>
     <w:rsid w:val="00900BF1"/>
     <w:rsid w:val="009265DF"/>
     <w:rsid w:val="00952E23"/>
     <w:rsid w:val="009736A4"/>
     <w:rsid w:val="00974A52"/>
     <w:rsid w:val="00991D89"/>
     <w:rsid w:val="00997276"/>
+    <w:rsid w:val="009D1FB3"/>
     <w:rsid w:val="009F77C2"/>
     <w:rsid w:val="00A11770"/>
     <w:rsid w:val="00A2214C"/>
+    <w:rsid w:val="00A22C89"/>
     <w:rsid w:val="00A3048B"/>
     <w:rsid w:val="00A32B97"/>
     <w:rsid w:val="00A651FB"/>
+    <w:rsid w:val="00A9336E"/>
     <w:rsid w:val="00AD3423"/>
     <w:rsid w:val="00AF2932"/>
     <w:rsid w:val="00B254F8"/>
     <w:rsid w:val="00B36DDC"/>
     <w:rsid w:val="00B51CAE"/>
     <w:rsid w:val="00B97EBD"/>
     <w:rsid w:val="00BE2B77"/>
     <w:rsid w:val="00C363D7"/>
     <w:rsid w:val="00C448CD"/>
+    <w:rsid w:val="00C477D5"/>
     <w:rsid w:val="00C707B4"/>
     <w:rsid w:val="00C8617E"/>
     <w:rsid w:val="00C9532F"/>
     <w:rsid w:val="00C95FF1"/>
     <w:rsid w:val="00CB5A96"/>
     <w:rsid w:val="00D03056"/>
     <w:rsid w:val="00D43F30"/>
     <w:rsid w:val="00DA4E8F"/>
     <w:rsid w:val="00DC63D6"/>
     <w:rsid w:val="00DD173B"/>
     <w:rsid w:val="00DE71E8"/>
     <w:rsid w:val="00E05AC8"/>
     <w:rsid w:val="00E24843"/>
     <w:rsid w:val="00E93540"/>
     <w:rsid w:val="00E9535E"/>
     <w:rsid w:val="00EC14E4"/>
     <w:rsid w:val="00F11339"/>
     <w:rsid w:val="00F14A62"/>
     <w:rsid w:val="00F2317F"/>
     <w:rsid w:val="00F64305"/>
     <w:rsid w:val="00F66AB9"/>
     <w:rsid w:val="00F861F8"/>
     <w:rsid w:val="00F90E57"/>
     <w:rsid w:val="00FA4EC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="50089C06"/>
+  <w14:docId w14:val="6B9B0F34"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2D7486BE-98A9-490A-902F-DE832ECB4565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -10090,51 +6868,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D43F30"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/25c529d0cbcd11e4aaa0e90fce879681" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/c68cf630568711e7846ef01bfffb9b64" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/c68cf630568711e7846ef01bfffb9b64" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/c68cf630568711e7846ef01bfffb9b64" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10363,82 +7141,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ADD07D3-5A13-40D5-B244-4614E39D86E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{542AE088-4761-4FDD-AA94-23F28753B24D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>7045</Characters>
+  <Pages>4</Pages>
+  <Words>6485</Words>
+  <Characters>3697</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19364</CharactersWithSpaces>
+  <CharactersWithSpaces>10162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Direktorius</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>