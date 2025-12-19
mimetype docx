--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,39 +1,38 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00573040" w:rsidRPr="0045595D" w:rsidRDefault="00573040" w:rsidP="00573040">
       <w:pPr>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
@@ -46,142 +45,153 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRDefault="00573040" w:rsidP="00573040">
       <w:pPr>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jonavos „Neries“ pagrindinės mokyklos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00573040" w:rsidRPr="0045595D" w:rsidRDefault="00573040" w:rsidP="00573040">
+    <w:p w:rsidR="00573040" w:rsidRPr="0045595D" w:rsidRDefault="00383335" w:rsidP="00573040">
       <w:pPr>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="0045595D">
+      <w:r w:rsidR="00573040" w:rsidRPr="0045595D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>irektorės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0045595D">
+      <w:r w:rsidR="00573040" w:rsidRPr="002A77B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2019 m. rugpjūčio</w:t>
+      </w:r>
+      <w:r w:rsidR="0022295E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0045595D">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26</w:t>
+      </w:r>
+      <w:r w:rsidR="00573040" w:rsidRPr="002A77B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00573040" w:rsidRPr="0045595D" w:rsidRDefault="00573040" w:rsidP="00573040">
+    <w:p w:rsidR="00573040" w:rsidRPr="002A77B9" w:rsidRDefault="00573040" w:rsidP="00573040">
       <w:pPr>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A77B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="002A77B9" w:rsidRPr="002A77B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002A77B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>44</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00680551" w:rsidRDefault="00680551" w:rsidP="00500D1F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00680551" w:rsidRDefault="00680551" w:rsidP="00680551">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F12269" w:rsidRPr="00573040" w:rsidRDefault="00F12269" w:rsidP="00F12269">
@@ -248,62 +258,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>BENDROSIOS ASMENS DUOMENŲ APSAUGOS TAISYKLĖS,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00680551" w:rsidRPr="00573040" w:rsidRDefault="00680551" w:rsidP="00680551">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>priimtos pagal 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo nuostatas</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -396,155 +394,137 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Neries</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagrindinė mokykla</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk288767"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk288767"/>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">įstaigos kodas 195093984, registracijos adresas </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk288077"/>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kauno g. 59, LT-55179 Jonava</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kontaktinė informacija el. p. info@joneris.lt, tel. Nr. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t xml:space="preserve">, kontaktinė informacija el. p. info@joneris.lt, tel. </w:t>
+      </w:r>
+      <w:r w:rsidR="00383335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...26 lines deleted...]
-        <w:t>349) 61 800</w:t>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 61 800</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00D926F9" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005525D1" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Toliau asmens duomenų tvarkymo ir naudojimo taisyklėse „</w:t>
       </w:r>
       <w:r w:rsidR="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -771,50 +751,58 @@
         <w:t xml:space="preserve"> – juridinis ar</w:t>
       </w:r>
       <w:r w:rsidR="00E149C2" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ba</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fizinis asmuo</w:t>
       </w:r>
       <w:r w:rsidR="00E149C2" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba valstybės institucija, kuriem</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> te</w:t>
       </w:r>
       <w:r w:rsidR="00E149C2" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ikiami asmens duomenys. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRPr="00573040" w:rsidRDefault="005525D1" w:rsidP="00573040">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
@@ -1081,60 +1069,51 @@
         </w:rPr>
         <w:t>Sutikimas</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – savanoriškas duomenų subjekto valios pareiškimas tvarkyti jo asmens duomenis jam žinomu tikslu. Sutikimas tvarkyti </w:t>
       </w:r>
       <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specialių kategorijų</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> asmens duomenis turi </w:t>
-[...8 lines deleted...]
-        <w:t>būti išreikštas aiškiai – rašytine, jai prilyginta ar kita forma, neabejotinai įrodanči</w:t>
+        <w:t xml:space="preserve"> asmens duomenis turi būti išreikštas aiškiai – rašytine, jai prilyginta ar kita forma, neabejotinai įrodanči</w:t>
       </w:r>
       <w:r w:rsidR="00E149C2" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a duomenų subjekto valią. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRPr="00573040" w:rsidRDefault="005525D1" w:rsidP="00573040">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1176,50 +1155,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vidaus administravimas</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – veikla, kuria užtikrinamas duomenų valdytojo savarankiškas funkcionavimas (struktūros tvarkymas, personalo valdymas, turimų materialinių ir finansinių išteklių valdymas ir naudo</w:t>
       </w:r>
       <w:r w:rsidR="00E149C2" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jimas, raštvedybos tvarkymas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRPr="00573040" w:rsidRDefault="007674A4" w:rsidP="00573040">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -1314,72 +1294,69 @@
       <w:r w:rsidR="00F12269" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00F12269" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Neries</w:t>
       </w:r>
       <w:r w:rsidR="00F12269" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00F12269" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagrindinės mokyklos</w:t>
       </w:r>
-      <w:r w:rsidR="00F12269" w:rsidRPr="00573040">
-[...3 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bendrosios asmens duomenų apsaugos taisyklės</w:t>
       </w:r>
       <w:r w:rsidR="00D67036" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
@@ -1959,51 +1936,51 @@
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>El. dienyno</w:t>
             </w:r>
             <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> pildymo</w:t>
             </w:r>
             <w:r w:rsidR="00EC28C3" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
+      <w:tr w:rsidR="00F5321F" w:rsidRPr="00383335" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2092,579 +2069,588 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00F5321F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
+            <w:r w:rsidR="00CD1AF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>gdymo reikalingų lėšų apskaičiavimui</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F5321F" w:rsidRPr="00383335" w:rsidTr="00EC28C3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>18.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F" w:rsidP="00F5321F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaiko gerovės komisijos darbo organizavimo ir vykdymo</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC28C3" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>18.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00F5321F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
             <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>gdymo krepšelio apskaičiavimo</w:t>
+              <w:t>ormaliojo vaikų švietimo organizavimo</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>18.6.</w:t>
+              <w:t>18.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F" w:rsidP="00F5321F">
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00F5321F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Vaiko gerovės komisijos darbo organizavimo ir vykdymo</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EC28C3" w:rsidRPr="00573040">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>emokamo maitinimo organizavimo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
+      <w:tr w:rsidR="00F5321F" w:rsidRPr="00383335" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>18.7.</w:t>
+              <w:t>18.9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00F5321F">
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00CD1AF5" w:rsidP="00F5321F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
-[...6 lines deleted...]
-              <w:t>F</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokyklos</w:t>
             </w:r>
             <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>ormaliojo vaikų švietimo organizavimo</w:t>
-[...8 lines deleted...]
-              <w:t>;</w:t>
+              <w:t xml:space="preserve"> veiklos informavimo bendruomenei ir visuomenei (ugdytinių kūrybiniai darbai</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC28C3" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokymosi pasiekimai,</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC28C3" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nuotraukos, filmuota medžiaga);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>18.8.</w:t>
+              <w:t>18.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00F5321F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>N</w:t>
+              <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>emokamo maitinimo organizavimo</w:t>
+              <w:t>arpinstitucinio bendradarbiavimo</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
+      <w:tr w:rsidR="00F5321F" w:rsidRPr="00383335" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>18.9.</w:t>
+              <w:t>18.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F" w:rsidP="00F5321F">
+          <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00573040">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Įstaigos veiklos informavimo bendruomenei ir visuomenei (ugdytinių kūrybiniai darbai</w:t>
-[...8 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aiko gerovės </w:t>
+            </w:r>
+            <w:r w:rsidR="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokykloje</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5321F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir visuomenėje užtikrinimo</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mokymosi pasiekimai,</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> nuotraukos, filmuota medžiaga);</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidTr="00EC28C3">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00F5321F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>18.10.</w:t>
-[...170 lines deleted...]
-              </w:rPr>
               <w:t>18.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F5321F" w:rsidRPr="00573040" w:rsidRDefault="00EC28C3" w:rsidP="00573040">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -2790,154 +2776,155 @@
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rūpindamasi Duomenų subjekto privatumu, įsipareigoja saugoti Duomenų subjekto privatumą bei pateiktą informaciją naudoti išskirtinai šiose Taisyklėse nurodytiems tikslams, be Duomenų subjekto sutikimo neatskleisti šios informacijos jokiems </w:t>
+        <w:t xml:space="preserve"> rūpindamasi Duomenų subjekto privatumu, įsipareigoja saugoti Duomenų subjekto privatumą bei pateiktą informaciją naudoti išskirtinai šiose Taisyklėse nurodytiems tikslams, be Duomenų subjekto sutikimo neatskleisti šios informacijos jokiems tretiesiems asmenims, išskyrus </w:t>
       </w:r>
       <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklėse nurodytus atvejus.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taip pat gali perduoti Duomenų subjekto Asmens duomenis tretiesiems asmenims, kurie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vardu veikia kaip Duomenų tvarkytojai. Asmens duomenys gali būti teikiami tik tiems Duomenų tvarkytojams, su kuriais </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yra pasirašiusi atitinkamas sutartis ar bendradarbiavimo sutartyse yra nuostatos aptariančios Asmens duomenų perdavimą/teikimą ir Duomenų tvarkytojas užtikrina adekvačią perduodamų Asmens duomenų apsaugą. Visais kitais atvejais, Duomenų subjekto Asmens duomenys Tretiesiems asmenims gali būti atskleidžiami tik Lietuvos Respublikos teisės aktų numatyta tvarka. Duomenų subjekto Asmens duomenis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gali perduoti vyriausybinėms ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">tretiesiems asmenims, išskyrus </w:t>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> gali perduoti vyriausybinėms ar teisėsaugos institucijoms, joms pareikalavus, ir tik jeigu tai numatyta pagal galiojančius įstatymus. </w:t>
+        <w:t xml:space="preserve">teisėsaugos institucijoms, joms pareikalavus, ir tik jeigu tai numatyta pagal galiojančius įstatymus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00F8144D" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nenaudoja ir neatskleidžia </w:t>
       </w:r>
       <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">specialių kategorijų </w:t>
@@ -3009,60 +2996,59 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk287810"/>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Priešmokyklinio, pradinio, pagrindinio, socialinių įgūdžių ugdymo bei kito ugdymo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...2 lines deleted...]
-          <w:b/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00F507AF" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paslaugų</w:t>
       </w:r>
       <w:r w:rsidR="005525D1" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apdorojimui, administravimui</w:t>
       </w:r>
       <w:r w:rsidR="006522BD" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir įvykdymui</w:t>
       </w:r>
       <w:r w:rsidR="005525D1" w:rsidRPr="00573040">
@@ -3088,53 +3074,54 @@
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjekto identifikavimui </w:t>
       </w:r>
       <w:r w:rsidR="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006522BD" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duomenų</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistemose;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRDefault="006522BD" w:rsidP="00573040">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
@@ -3156,51 +3143,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="005525D1" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">roblemų, susijusių su </w:t>
       </w:r>
       <w:r w:rsidR="00046E07" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymo</w:t>
       </w:r>
-      <w:r w:rsidR="003254C8" w:rsidRPr="00573040">
+      <w:r w:rsidR="00A31A6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00093DA7" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">paslaugų </w:t>
       </w:r>
       <w:r w:rsidR="005525D1" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įgyvendinimu, pateikimu, panaudojimu išsprendimui;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573040" w:rsidRDefault="00475A46" w:rsidP="00573040">
@@ -3374,53 +3361,54 @@
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">smens duomenis, patvirtina ir </w:t>
       </w:r>
       <w:r w:rsidR="00475A46" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sutinka, kad </w:t>
       </w:r>
       <w:r w:rsidR="00805E9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
-      <w:r w:rsidR="0000605D" w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">valdytų ir tvarkytų Duomenų subjekto asmeninius duomenis, laikantis šių Taisyklių, galiojančių įstatymų bei kitų norminių teisės aktų. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002711E5" w:rsidRDefault="005525D1" w:rsidP="002711E5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
@@ -3474,85 +3462,101 @@
         </w:rPr>
         <w:t xml:space="preserve"> esančius </w:t>
       </w:r>
       <w:r w:rsidR="00A27EB0" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>smens duomenis arba eidami savo pareigas juos sužino,</w:t>
       </w:r>
       <w:r w:rsidR="00475A46" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> arba turi priegią prie duomenų bazių, kuriose patalpinti </w:t>
+        <w:t xml:space="preserve"> arba turi </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A" w:rsidRPr="002711E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prieigą</w:t>
+      </w:r>
+      <w:r w:rsidR="00475A46" w:rsidRPr="002711E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prie duomenų bazių, kuriose patalpinti </w:t>
       </w:r>
       <w:r w:rsidR="00A27EB0" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00475A46" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">smens duomenys, </w:t>
       </w:r>
       <w:r w:rsidR="00A27EB0" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00475A46" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e kita ko,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002711E5">
+      <w:r w:rsidR="00A31A6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasitelkti </w:t>
       </w:r>
       <w:r w:rsidR="00A27EB0" w:rsidRPr="002711E5">
@@ -3715,61 +3719,50 @@
       </w:r>
       <w:r w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pvz., sąskaitų-faktūrų išrašymo, dokumentų archyvavimo</w:t>
       </w:r>
       <w:r w:rsidR="008A78D2" w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002711E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, netraktuojami kaip duomenų tvarkymas ir netaikomos Reglamento nuostatos.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00DD2923" w:rsidRPr="00573040" w:rsidRDefault="00DD2923" w:rsidP="00765ABD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -3965,386 +3958,367 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokyklos</w:t>
             </w:r>
             <w:r w:rsidR="00765ABD" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> darbuotojų asmens duomenys</w:t>
             </w:r>
             <w:r w:rsidR="00765ABD" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="004F18BB">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="004F18BB">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>25.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="002711E5" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002A77B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokyklos</w:t>
             </w:r>
             <w:r w:rsidR="00765ABD" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokinių (nepilnamečių asmenų) asmens duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="004F18BB">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="004F18BB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="766" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>25.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8523" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="002711E5" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002A77B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokyklos</w:t>
             </w:r>
             <w:r w:rsidR="00765ABD" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokinių atstovų (tėvų/ globėjų/ rūpintojų) asmens duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002711E5" w:rsidRDefault="002711E5" w:rsidP="00765ABD">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD032F" w:rsidRPr="00573040" w:rsidRDefault="00DE451E" w:rsidP="002711E5">
       <w:pPr>
         <w:ind w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">*Darbuotojų ir pretendentų į </w:t>
       </w:r>
-      <w:r w:rsidR="002711E5">
+      <w:r w:rsidR="002711E5" w:rsidRPr="002A77B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojus renkami asmens duomenys yra detaliai aprašyti Įstaigos darbuotojų asmens duomenų apsaugos taisyklėse.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE451E" w:rsidRDefault="00DE451E" w:rsidP="00680551">
-      <w:pPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00DD2923" w:rsidRPr="00573040" w:rsidRDefault="00DD2923" w:rsidP="00680551">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004367C7" w:rsidRPr="00573040" w:rsidRDefault="002711E5" w:rsidP="002711E5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="001C0E7E" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> renkami ir valdomi </w:t>
       </w:r>
       <w:r w:rsidR="00876854" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektų </w:t>
       </w:r>
       <w:r w:rsidR="001C0E7E" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duomenys</w:t>
       </w:r>
       <w:r w:rsidR="00D82902" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="00765ABD">
+    <w:p w:rsidR="00765ABD" w:rsidRPr="002A77B9" w:rsidRDefault="00765ABD" w:rsidP="00765ABD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1vidutinisspalvinimas1parykinimas"/>
         <w:tblW w:w="9572" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4079"/>
         <w:gridCol w:w="5481"/>
         <w:gridCol w:w="12"/>
       </w:tblGrid>
       <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00097AD9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="00765ABD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Duomenų subjektų duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00097AD9" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4366,51 +4340,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Vardas, pavardė, asmens kodas, el. paštas, slaptažodis, telefono Nr., gimimo data, klasė, lytis, foto nuotrauka, gyvenamosios vietos adresas, pilietybė, gimtoji kalba, programos kurso kartojimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4439,51 +4413,51 @@
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Fizinio ugdymo grupė, regėjimo aštrumas, sveikatos duomenys dėl galimos alerginės reakcijos į aplinką ir/ar maistą, dėl neįgalumo.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Be kita ko, rizikos veiksniai, gydytojo nurodymai ir rekomendacijos;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4491,113 +4465,121 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių tėvų duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Vardas, pavardė, asmens kodas, el. paštas, telefono Nr., gyvenamosios vietos adresas, darbovietės pavadinimas, užimamos pareigos, gimimo data.</w:t>
+              <w:t xml:space="preserve">Vardas, pavardė, asmens kodas, el. paštas, telefono Nr., gyvenamosios vietos adresas, darbovietės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pavadinimas, užimamos pareigos, gimimo data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Pedagogų duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Vardas, pavardė, el. paštas, telefono Nr., gyvenamosios vietos adresas, gimimo data, asmens kodas, išsilavinimas, sistemos administratoriaus duomenys: el. paštas, telefono Nr., mokyklos adresas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Pavadinimas"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4628,51 +4610,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Vardas, pavardė, el. paštas, telefono Nr., gyvenamosios vietos adresas, gimimo data, asmens kodas, išsilavinimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
@@ -4697,51 +4679,51 @@
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių, jų tėvų (globėjų, rūpintojų) vardai, pavardės, gyvenamoji vieta ir telefonų numeriai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
@@ -4763,51 +4745,51 @@
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinio vardas, pavardė, gimimo data, klasė, mokslo metai, įvertinimai, asmens bylos numeris, duomenys apie sveikatą, tėvų (globėjų, rūpintojų) vardai, pavardės, gyvenamoji vieta, elektroninio pašto adresai, telefono numeriai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Įvairių pažymėjimų (pvz.: apie dalyvavimą sportinėse varžybose, konkursuose, būrelių lankymą ir kt.) išdavimo tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4822,465 +4804,482 @@
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-58"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinio vardas, pavardė, pažymėjimo serija, numeris, išdavimo data, registracijos numeris, gyvenamoji vieta, jei mokinys yra pavėžėjamas, renginio pavadinimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Pagal mokinių registro nuostatus </w:t>
             </w:r>
             <w:r w:rsidR="00097AD9" w:rsidRPr="00097AD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokykla</w:t>
             </w:r>
-            <w:r w:rsidR="00097AD9" w:rsidRPr="00573040">
+            <w:r w:rsidR="000C6F4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="lt-LT"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>tvarko mokinių registro objekto asmens duomenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Vardas, pavardė, asmens kodas, pilietybė, deklaruotos ir faktinės gyvenamosios vietos adresas, gimtoji kalba(-os), mokytis į mokyklą atvykimo/išvykimo duomenis (iš kur atvyko/kur išvyko, atvykimo/ išvykimo data, išvykimo priežastis, įsakymo numeris, mokyklos baigimo data), bendrus duomenis apie mokslą (klasė, mokymosi programa, mokymosi forma/būdas, dorinis ugdymas, kalba, kuria mokosi, kalbos, kurių mokosi, pažymėjimai, socialiai remtinas, nemokamai maitinamas, pavėžėjimas, specialieji ugdymosi poreikiai, kurso kartojimas, mokinio asmens bylos numeris, mokymosi sutartis, lankomi neformaliojo vaikų švietimo būreliai, išsilavinimas, valstybė ir mokykla (pavadinimas, kodas), kurioje įgytas išsilavinimas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4079" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pagal mokinių registro nuostatus mokinių registre kaupiami duomenys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:t>Apie Mokinių registro objekto šeimą, mokyklos, kurioje mokosi Registro objektas, duomenys (gaunami iš Švietimo ir mokslo institucijų registro), duomenys, gaunami kiekvienais mokslo metais, apie Registro objekto mokymąsi bendrojo lavinimo mokykloje.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4079" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaiko gerovės komisijos darbo organizavimo ir vykdymo tikslu tvarkomi duomenys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:t xml:space="preserve">Mokinio vardas, pavardė, gimimo data, gyvenamoji vieta, telefono numeris, sutrikimai. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
+              <w:t>specialių kategorijų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:t xml:space="preserve"> asmens duomenys (pvz.: specialieji mokinio poreikiai) tvarkomi tik esant tėvų (globėjų, rūpintojų) raštiškam sutikimui.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...105 lines deleted...]
-              </w:rPr>
               <w:t>Neformaliojo vaikų švietimo organizavimo tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Mokinio vardas, pavardė, klasė, vadovas, mokslo metai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nemokamo maitinimo organizavimo tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Mokinio vardas, pavardė, gimimo data, klasė, tėvų (globėjų, rūpintojų) vardai, pavardės, kontaktiniai telefonai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Mokyklos nelankančių mokinių apskaitos tikslu tvarkomi duomenys</w:t>
+              <w:t xml:space="preserve">Mokyklos nelankančių mokinių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>apskaitos tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
-              <w:t>Mokinio vardas, pavardė, klasė, gimimo data, tėvų (globėjų, rūpintojų) vardai, pavardės, kontaktiniai telefonai.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Mokinio vardas, pavardė, klasė, gimimo data, tėvų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:lastRenderedPageBreak/>
+              <w:t>(globėjų, rūpintojų) vardai, pavardės, kontaktiniai telefonai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Nacionalinio mokinių pasiekimų patikrinimo tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Mokinio vardas, pavardė, klasė, mokomoji kalba, lytis, mokymo programa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidTr="00E80090">
+      <w:tr w:rsidR="00765ABD" w:rsidRPr="00383335" w:rsidTr="00E80090">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4079" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00097AD9" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00097AD9">
+            <w:r w:rsidRPr="002A77B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokyklos</w:t>
             </w:r>
             <w:r w:rsidR="00765ABD" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> veiklos informavimo bendruomenei ir (ar) visuomenei tikslu tvarkomi duomenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00765ABD" w:rsidRPr="00573040" w:rsidRDefault="00765ABD" w:rsidP="004F18BB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5446,244 +5445,229 @@
       </w:r>
       <w:r w:rsidR="00B43E3D" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">skyriaus </w:t>
       </w:r>
       <w:r w:rsidR="00F507AF" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00046E07" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:r w:rsidR="00B43E3D" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalyje</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D9C" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renkami ir saugomi kartu su Duomenų subjekto pasirašyta </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4445" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="003254C8" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(mokymo) </w:t>
+      </w:r>
+      <w:r w:rsidR="00093DA7" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paslaugų</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D9C" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sutartimi prie kurios priėjimas yra apribotas. Susipažinti su </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialių kategorijų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014417D" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>duomenimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D9C" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gali </w:t>
+      </w:r>
+      <w:r w:rsidR="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00F507AF" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>direktorius</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D9C" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar jo įgaliotas atstovas, be kita ko, buhalterija ir tik tokia apimtimi, kiek reikalinga buhalterinės apskaitos, archyvavimo tikslais arba pranešti </w:t>
+      </w:r>
+      <w:r w:rsidR="00503BF4" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atitinkamos valstybės institucijoms (pvz., VMI, VSDFV).</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Specialių kategorijų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B43E3D" w:rsidRPr="00971EAB">
-[...46 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00D0366B" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">asmens </w:t>
+      </w:r>
+      <w:r w:rsidR="00330B33" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>duomenys popierine forma saugomi 10 metų. Elektroninėse duomenų bazėse</w:t>
+      </w:r>
+      <w:r w:rsidR="0058771D" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ laikmenose</w:t>
+      </w:r>
+      <w:r w:rsidR="00330B33" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perkelti </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00971EAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>specialių kategorijų</w:t>
       </w:r>
-      <w:r w:rsidR="00696D9C" w:rsidRPr="00971EAB">
-[...128 lines deleted...]
-      <w:r w:rsidR="00330B33" w:rsidRPr="00971EAB">
+      <w:r w:rsidR="00A31A6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D0366B" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens </w:t>
       </w:r>
       <w:r w:rsidR="00330B33" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duomenys sunaikinami pilnai įvykdžius sutartį.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B009B1" w:rsidRDefault="009B7D0C" w:rsidP="00971EAB">
@@ -5708,61 +5692,58 @@
       <w:r w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asmens duomenų saugojimo terminų lentelė</w:t>
       </w:r>
       <w:r w:rsidR="007C1594" w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003721DB" w:rsidRPr="003721DB" w:rsidRDefault="003721DB" w:rsidP="003721DB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+    <w:p w:rsidR="003721DB" w:rsidRPr="00E71A2D" w:rsidRDefault="003721DB" w:rsidP="00E71A2D">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1vidutinisspalvinimas1parykinimas"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="3367"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B7D0C" w:rsidRPr="00573040" w:rsidTr="003721DB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6101,51 +6082,50 @@
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009B7D0C" w:rsidRPr="00573040" w:rsidRDefault="009B7D0C" w:rsidP="00971EAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Specialių kategorijų duomenys popierinėje byloje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009B7D0C" w:rsidRPr="00573040" w:rsidRDefault="009B7D0C" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -6279,51 +6259,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00A21C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>espublikos</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> teisės aktuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F32F4" w:rsidRPr="00573040" w:rsidRDefault="006F32F4" w:rsidP="008C780C">
+    <w:p w:rsidR="00383335" w:rsidRPr="00573040" w:rsidRDefault="00383335" w:rsidP="008C780C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6558,63 +6538,64 @@
     <w:p w:rsidR="008571AD" w:rsidRPr="00971EAB" w:rsidRDefault="008571AD" w:rsidP="00971EAB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Duomenys apie specialiuosius poreikius – iš </w:t>
       </w:r>
       <w:r w:rsidRPr="00971EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Duomenų bazių: Sodra, VĮ „Registrų centras“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B37FEC" w:rsidRPr="00573040" w:rsidRDefault="00B37FEC" w:rsidP="00680551">
+    <w:p w:rsidR="00E71A2D" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -6641,51 +6622,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ASMENS DUOMENŲ SAUGUMAS IR TVARKYMAS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00971EAB" w:rsidRPr="00573040" w:rsidRDefault="00971EAB" w:rsidP="00680551">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A21C62" w:rsidRDefault="008571AD" w:rsidP="00A21C62">
+    <w:p w:rsidR="000C6F4D" w:rsidRDefault="008571AD" w:rsidP="000C6F4D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vadovaudamiesi Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymu, Europos Sąjungos ir kt. duomenų apsaugą reglamentuojančiais teisės aktais, </w:t>
@@ -6701,331 +6682,230 @@
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> taiko priemones, kurios užkirstų kelią neteisėtai prieigai arba neteisėtam Duomenų subjekto duomenų panaudojimui. </w:t>
       </w:r>
       <w:r w:rsidR="00A21C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> užtikrina, jog Duomenų subjekto pateikiami duomenys būtų apsaugoti nuo bet kokių neteisėtų veiksmų: neteisėto Asmens duomenų pakeitimo, atskleidimo ar sunaikinimo, asmens tapatybės vagystės, sukčiavimo bei, kad Asmens duomenų apsaugos lygis atitiktų Lietuvos Respublikos teisės aktų nustatytus reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C62" w:rsidRDefault="00A21C62" w:rsidP="00A21C62">
+    <w:p w:rsidR="00A21C62" w:rsidRPr="000C6F4D" w:rsidRDefault="008571AD" w:rsidP="000C6F4D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...93 lines deleted...]
-        <w:t>i sutarčių pagrindu.</w:t>
+      <w:r w:rsidRPr="000C6F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asmens duomenys tvarkomi neautomatiniu būdu ir automatiniu būdu naudojant </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21C62" w:rsidRPr="000C6F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įrengtas asmens duomenų tvarkymo priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C62" w:rsidRDefault="008571AD" w:rsidP="00A21C62">
+    <w:p w:rsidR="00A21C62" w:rsidRDefault="00A21C62" w:rsidP="00A21C62">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A21C62">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> įrengtas asmens duomenų tvarkymo priemones.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="008571AD" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> naudoja šias duomenų bazes/ programas valdant Asmens duomenis: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk532117533"/>
+      <w:r w:rsidR="008571AD" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vidinis serveris, Microsoft word/ excell programos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B009B1" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B009B1" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroninis pedagogų ir mokinių registras, elektroninė nemokamo maitinimo sistema, elektroninis dienynas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VSDFV registras. Programos: ŠVIS, MR, MANO DIENYNAS, PR, NEMIS, DAKPR, My Lobster.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008571AD" w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prie visų šių programų prieigą turi tik atitinkamas darbuotojas, kuris pagal savo pareigybes turi teisę prisijungti prie sistemų prieš tai suvedus priskirtą slaptažodį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21C62" w:rsidRDefault="00A21C62" w:rsidP="00A21C62">
+    <w:p w:rsidR="00A21C62" w:rsidRDefault="00B93004" w:rsidP="00A21C62">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...92 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00A21C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Popierinėje laikmenoje laikomi dokumentai, susiję su darbuotojais specialiose rakinamose spintose prie kurių prieiga yra pilna apimtimi apribota. Kietasis diskas su duomenimis saugomas seife.</w:t>
+        <w:t>Popierinėje laikmenoje laikomi dokumentai, susiję su darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uotojais specialiose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spintose prie kurių prieiga yra pilna apimtimi apribota. Kietasis diskas su duomenimis saugomas seife.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00046E07" w:rsidRPr="00A21C62" w:rsidRDefault="00046E07" w:rsidP="00A21C62">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A21C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -7035,400 +6915,410 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="00046E07">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1vidutinisspalvinimas1parykinimas"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="4501"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9604" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Darbuotojo pareigybė ir valdomų asmens duomenų apimtis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokytojai, k</w:t>
+            </w:r>
+            <w:r w:rsidR="00046E07" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>lasių auklėtojai elektroninių dienynų pildymo tikslu, bendravimo mokinio ugdymo klausimais su jo artimiausia aplinka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokinio vardas, pavardė, gimimo data, klasė, mokslo metai, įvertinimai, tėvų (ar globėjų) vardai, pavardės, gyvenamoji vieta, telefono numeriai.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Neformaliojo vaikų švietimo vadovai - neformaliojo vaikų švietimo organizavimo tikslu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokinio vardas, pavardė, klasė.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaiko gerovės komisijos narys - Vaiko gerovės komisijos darbo organizavimo ir vykdymo tikslu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokinio vardas, pavardė, gimimo data, gyvenamoji vieta, telefono numeris, sutrikimai. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Specialių kategorijų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> asmens duomenys specialieji mokinio poreikiai gali būti tvarkomi tik esant tėvų (globėjų) raštiškam sutikimui.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinis pedagogas, psichologas, logopedas, specialusis pedagogas darbo organizavimo ir vykdymo tikslu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokinio vardas, pavardė, gimimo data, asmens kodas, tėvų (globėjų) pavardės, vardai, gyvenamoji vieta, telefono numeriai, tėvų (globėjų) asmens kodai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Klasių auklėtojai elektroninių dienynų pildymo tikslu, bendravimo mokinio ugdymo klausimais su jo artimiausia aplinka</w:t>
-[...280 lines deleted...]
-              </w:rPr>
               <w:t>Bibliotekininkas - mokymo priemonių apskaitos, įsigijimo planavimo tikslais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4501" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7591,127 +7481,128 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Darbuotojų asmens kodas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00C56DAB" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Raštvedė</w:t>
             </w:r>
             <w:r w:rsidR="00046E07" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokinių ir darbuotojų sutarčių sudarymo, registravimo, darbuotojų bylų formavimo ir tvarkymo, pažymėjimų ir pažymų išdavimo tikslais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4501" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinio, vardas, pavardė gimimo data, asmens kodas, tėvų (globėjų) pavardės, vardai, gyvenamoji vieta, telefono numeriai, tėvų (globėjų) asmens kodai, darbuotojų asmens kodai, gyvenamoji vieta, telefonai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
@@ -7733,51 +7624,51 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Darbuotojų bankų sąskaita, asmens kodai, gyvenamosios vietos adresas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidTr="00C56DAB">
+      <w:tr w:rsidR="00046E07" w:rsidRPr="00383335" w:rsidTr="00C56DAB">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="008931E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
@@ -7841,51 +7732,50 @@
     <w:p w:rsidR="00C56DAB" w:rsidRDefault="008571AD" w:rsidP="00C56DAB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Darbuotojai, kurie automatiniu būdu tvarko asmens duomenis arba iš kurių kompiuterių galima patekti į vietinio tinklo sritis, kuriose yra saugomi asmens duomenys, privalo naudoti slaptažodžius. Slaptažodžiai turi būti keičiami periodiškai (visais atvejais ne rečiau kaip kas 3 (tris) mėn.), o taip pat susidarius tam tikroms aplinkybėms (pvz., pasikeitus darbuotojui, iškilus įsilaužimo grėsmei, kilus įtarimui, kad slaptažodis tapo žinomas tretiesiems asmenims ir pan.) slaptažodis turi būti pakeistas nedelsiant. Darbuotojas, dirbantis konkrečiu kompiuteriu, gali žinoti tik savo slaptažodį.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C56DAB" w:rsidRDefault="008571AD" w:rsidP="00C56DAB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56DAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8264,50 +8154,51 @@
     <w:p w:rsidR="0014417D" w:rsidRDefault="008571AD" w:rsidP="000A210C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014417D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Nenutrūkstamo duomenų tvarkymo (apdorojimo) proceso technologiją;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0014417D" w:rsidRDefault="008571AD" w:rsidP="0014417D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014417D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8331,51 +8222,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014417D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autorizuotą duomenų naudojimą, jų nepažeidžiamumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008571AD" w:rsidRPr="00573040" w:rsidRDefault="0014417D" w:rsidP="0014417D">
+    <w:p w:rsidR="00E80090" w:rsidRPr="00E71A2D" w:rsidRDefault="0014417D" w:rsidP="00E71A2D">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
@@ -8415,127 +8306,87 @@
       <w:r w:rsidR="008571AD" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">apie ketinamas sudaryti sutartis su pagalbiniais duomenų tvarkytojais bei gauti išankstinius rašytinius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="008571AD" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sutikimus dėl jų paskyrimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF4FDD" w:rsidRDefault="00FF4FDD" w:rsidP="00680551">
-[...37 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00E80090" w:rsidRDefault="00E80090" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRPr="00573040" w:rsidRDefault="00500D1F" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00500D1F" w:rsidRDefault="00BB4A63" w:rsidP="00680551">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DUOMENŲ SUBJEKT</w:t>
       </w:r>
       <w:r w:rsidR="00680551" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8638,77 +8489,87 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00D92FE7" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00D92FE7">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Duomenų subjektų teisės</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="003D39FA" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -8811,77 +8672,77 @@
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>varkomus duomenis duomenų subjektui teikti raštu ir neatlygintinai. Tam tikrais atvejais (kai duomenų subjektas akivaizdžiai piktnaudžiauja savo teisėmis, nepagrįstai arba neproporcingai, pakartotinai teikia prašymus dėl jų pasikartojančio turinio pateikti informaciją, išrašus, dokumentus), toks informacijos ir duomenų teikimas duomenų subjektui gali būti apmokestintas, t. y. duomenų valdytojas gali imti pagrįstą mokestį, atsižvelgdamas į informacijos teikimo arba pranešimų ar veiksmų, kurių prašoma, administracines išlaidas; arba gali atsisakyti imtis veiksmų pagal prašymą. Duomenų valdytojui tenka pareiga įrodyti, kad prašymas yra akivaizdžiai nepagrįstas arba neproporcingas</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003721DB" w:rsidRPr="00573040" w:rsidRDefault="003D39FA" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>nformaciją pateikti įprastai naudojama elektronine forma, nebent prašoma informaciją pateikti kitaip.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="003D39FA" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -8943,89 +8804,90 @@
               </w:rPr>
               <w:t xml:space="preserve"> (2 priedas)</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003721DB" w:rsidRPr="00573040" w:rsidRDefault="003D39FA" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>iekvienam duomenų gavėjui, kuriam buvo atskleisti asmens duomenys, duomenų</w:t>
             </w:r>
-            <w:r w:rsidR="002A4A3B">
+            <w:r w:rsidR="00A31A6A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>valdytojas praneša apie bet kokį asmens duomenų ištaisymą, ištrynimą arba tvarkymo apribojimą, nebent to padaryti nebūtų įmanoma arba tai pareikalautų neproporcingų pastangų. Duomenų subjektui paprašius, duomenų valdytojas informuoja duomenų subjektą apie tuos duomenų gavėjus</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="003D39FA" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -9057,131 +8919,123 @@
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000A440C" w:rsidRPr="00E80090" w:rsidRDefault="000A440C" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">uomenų subjektas turi teisę dėl su jo konkrečiu atveju susijusių priežasčių bet kuriuo metu nesutikti, kad su juo susiję asmens duomenys būtų tvarkomi, įskaitant profiliavimą. Duomenų valdytojas nebetvarko asmens duomenų, išskyrus atvejus, kai duomenų valdytojas įrodo, kad duomenys tvarkomi dėl teisėtų priežasčių, kurios yra viršesnės už duomenų subjekto interesus, teises ir laisves, </w:t>
-[...6 lines deleted...]
-              <w:t>arba siekiant pareikšti, vykdyti ar apginti teisinius reikalavimus</w:t>
+              <w:t>uomenų subjektas turi teisę dėl su jo konkrečiu atveju susijusių priežasčių bet kuriuo metu nesutikti, kad su juo susiję asmens duomenys būtų tvarkomi, įskaitant profiliavimą. Duomenų valdytojas nebetvarko asmens duomenų, išskyrus atvejus, kai duomenų valdytojas įrodo, kad duomenys tvarkomi dėl teisėtų priežasčių, kurios yra viršesnės už duomenų subjekto interesus, teises ir laisves, arba siekiant pareikšti, vykdyti ar apginti teisinius reikalavimus</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000A440C" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>ai asmens duomenys tvarkomi tiesioginės rinkodaros tikslais, duomenų subjektas turi teisę bet kuriuo metu nesutikti, kad su juo susiję asmens duomenys būtų tvarkomi tokios rinkodaros tikslais, įskaitant profiliavimą, kiek jis susijęs su tokia tiesiogine rinkodara</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000A440C" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Stilius22"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="000238F1" w:rsidRPr="00573040">
               <w:t>uomenų subjektas apie teisę nesutikti aiškiai informuojamas ne vėliau kaip pirmą kartą susisiekiant su duomenų subjektu, ir ši informacija pateikiama aiškiai ir atskirai nuo visos kitos informacijos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>51</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="000A440C" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
@@ -9289,87 +9143,87 @@
           </w:p>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>kai asmens duomenys buvo surinkti informacinės visuomenės paslaugų siūlymo kontekste;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>kai duomenų valdytojas viešai paskelbė asmens duomenis ir privalo asmens duomenis ištrinti, duomenų valdytojas, atsižvelgdamas į turimas technologijas ir įgyvendinimo sąnaudas, imasi pagrįstų veiksmų, įskaitant technines priemones, kad informuotų duomenis tvarkančius duomenų valdytojus, jog duomenų subjektas paprašė, kad tokie duomenų valdytojai ištrintų visas nuorodas į tuos asmens duomenis arba jų kopijas ar dublikatus;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A4A3B" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
-              <w:t xml:space="preserve">kai asmens duomenys nebėra reikalingi, kad būtų pasiekti tikslai, kuriais jie buvo renkami arba kitaip tvarkomi ir kai asmens duomenų subjektas atšaukia sutikimą ir nėra jokio kito teisinio pagrindo tvarkyti duomenis netaikoma, jeigu duomenų tvarkymas yra būtinas siekiant pasinaudoti teise į saviraiškos ir informacijos laisvę; siekiant laikytis nustatytos teisinės prievolės, kuria reikalaujama tvarkyti duomenis, arba siekiant atlikti užduotį, vykdomą viešojo intereso labui, arba vykdant duomenų valdytojui pavestas viešosios valdžios funkcijas; dėl viešojo intereso priežasčių visuomenės sveikatos srityje; archyvavimo tikslais viešojo intereso labui, mokslinių ar istorinių </w:t>
+              <w:t xml:space="preserve">kai asmens duomenys nebėra reikalingi, kad būtų pasiekti tikslai, kuriais jie buvo renkami arba kitaip tvarkomi ir kai asmens duomenų subjektas atšaukia sutikimą ir nėra jokio kito teisinio pagrindo tvarkyti duomenis netaikoma, jeigu duomenų tvarkymas yra būtinas siekiant pasinaudoti teise į saviraiškos ir informacijos laisvę; siekiant laikytis nustatytos teisinės prievolės, kuria reikalaujama tvarkyti duomenis, arba siekiant atlikti užduotį, vykdomą viešojo </w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:lastRenderedPageBreak/>
-              <w:t>tyrimų tikslais arba statistiniais tikslais; siekiant pareikšti, vykdyti arba apginti teisinius reikalavimus.</w:t>
+              <w:t>intereso labui, arba vykdant duomenų valdytojui pavestas viešosios valdžios funkcijas; dėl viešojo intereso priežasčių visuomenės sveikatos srityje; archyvavimo tikslais viešojo intereso labui, mokslinių ar istorinių tyrimų tikslais arba statistiniais tikslais; siekiant pareikšti, vykdyti arba apginti teisinius reikalavimus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>51</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="000A440C" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
@@ -9428,77 +9282,77 @@
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>duomenys tvarkomi automatizuotomis priemonėmis.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000A440C" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Naudodamasis savo teise į duomenų perkeliamumą, duomenų subjektas turi teisę, kad vienas duomenų valdytojas asmens duomenis tiesiogiai persiųstų kitam, kai tai techniškai įmanoma.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002A4A3B" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:t>Teisė į duomenų perkeliamumą negali daryti neigiamo poveikio kitų teisėms ir laisvėms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidTr="002A4A3B">
+      <w:tr w:rsidR="000238F1" w:rsidRPr="00383335" w:rsidTr="002A4A3B">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00D92FE7" w:rsidP="00680551">
+          <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="00E71A2D" w:rsidP="00680551">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="000A440C" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000238F1" w:rsidRPr="00573040" w:rsidRDefault="000238F1" w:rsidP="00680551">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
@@ -9668,207 +9522,191 @@
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektas informuojamas, kad </w:t>
       </w:r>
       <w:r w:rsidR="00E10E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali fotografuoti rinkti ir saugoti asmens atvaizdą viešųjų</w:t>
       </w:r>
-      <w:r w:rsidR="001630EE" w:rsidRPr="00573040">
+      <w:r w:rsidR="00A31A6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00093DA7" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kultūros </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">renginių metu, susijusių su </w:t>
       </w:r>
       <w:r w:rsidR="00E10E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003254C8" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teikiamomis </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priešmokyklinio, pradinio, pagrindinio</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4445" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>paslaugų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veikla, be kita ko, Įstaiga turi teisę viešai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>publi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93004" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuoti nuotraukas/ vaizdo</w:t>
+      </w:r>
       <w:r w:rsidR="00093DA7" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-        <w:t>paslaugų</w:t>
+        <w:t xml:space="preserve"> įrašus </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00093DA7" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interne</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93004" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiniame puslapyje tik turėdama išankstinį Duomenų subjekto sutikimą.</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> veikla, be kita ko, Įstaiga turi teisę viešai publi</w:t>
-[...71 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Už nepilnamečius asmenis sutikimą dėl šio punkto sąlygų suteikia</w:t>
       </w:r>
-      <w:r w:rsidR="00A77470" w:rsidRPr="00573040">
+      <w:r w:rsidR="00A31A6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tėvai ar globėjai.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A54FAF" w:rsidRPr="00E10E21" w:rsidRDefault="00206839" w:rsidP="00E10E21">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
@@ -9888,634 +9726,602 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjekto teisė susipažinti su savo </w:t>
       </w:r>
       <w:r w:rsidR="00A54FAF" w:rsidRPr="00E10E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Asmens</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> duomenimis įgyvendinama šia tvarka:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10E21" w:rsidRDefault="00206839" w:rsidP="00E10E21">
+    <w:p w:rsidR="000F4621" w:rsidRDefault="00206839" w:rsidP="000F4621">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektas, pateikęs </w:t>
       </w:r>
-      <w:r w:rsidR="00E10E21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E10E21" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> asmens tapatybę patvirtinantį dokumentą arba teisės aktų nustatyta tvarka ar elektroninių ryšių priemonėmis, kurios leidžia tinkamai identifikuoti asmenį, patvirtinęs savo asmens tapatybę, turi teisę gauti informaciją, iš kokių šaltinių ir kokie jo Asmens duomenys surinkti, kokiu tikslu jie tvarkomi, kokiems duomenų gavėjams teikiami ir buvo teikti bent per paskutinius vienerius metus. Jei prašymą </w:t>
       </w:r>
-      <w:r w:rsidR="00A54FAF" w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A54FAF" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">uomenų subjektas siunčia paštu ar per pasiuntinį, prie prašymo turi būti pridėta notaro patvirtinta </w:t>
       </w:r>
-      <w:r w:rsidR="00A54FAF" w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A54FAF" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">uomenų subjekto asmens tapatybę patvirtinančio dokumento kopija. Kai dėl informacijos apie asmenį kreipiasi jo atstovas, jis turi pateikti atstovavimą patvirtinantį dokumentą ir savo asmens tapatybę patvirtinantį dokumentą. Jei duomenų subjekto atstovo prašymas išreikštas rašytine forma, duomenų valdytojas turi pateikti jam atsakymą raštu. </w:t>
+        <w:t>uomenų subjekto asmens tapatybę patvirtinančio dokumento kopija. Kai dėl informacijos apie asmenį kreipiasi jo atstovas, jis turi pateikti atstovavimą patvirtinantį dokumentą ir savo asmens tapatybę patvirtinantį dokumentą. Jei duomenų subjekto atstovo prašymas išreikštas rašytine forma, duomenų valdytojas turi pateikti jam atsakymą raštu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10E21" w:rsidRDefault="00206839" w:rsidP="00E10E21">
+    <w:p w:rsidR="000F4621" w:rsidRPr="000F4621" w:rsidRDefault="00206839" w:rsidP="000F4621">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E10E21">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Prašymą dėl susipažinimo su </w:t>
       </w:r>
-      <w:r w:rsidR="00A54FAF" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00A54FAF" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Asmens</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> duomenimis subjektai gali pateikti</w:t>
       </w:r>
-      <w:r w:rsidR="00672FC3" w:rsidRPr="00E10E21">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E10E21">
+      <w:r w:rsidR="00E10E21" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklai </w:t>
       </w:r>
-      <w:r w:rsidR="007023AA" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="007023AA" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">el. p. </w:t>
-[...64 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>el</w:t>
+      </w:r>
+      <w:r w:rsidR="00383335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ektroniniu paštu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba atsiųsti prašymą registruotu paštu </w:t>
+      </w:r>
+      <w:r w:rsidR="00672FC3" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>adresu</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE296C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
-[...26 lines deleted...]
-      <w:r w:rsidR="007023AA" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F12269" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kauno g. 59, </w:t>
+      </w:r>
+      <w:r w:rsidR="00383335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F12269" w:rsidRPr="00E10E21">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FC056C" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F12269" w:rsidRPr="000F4621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LT-55179 Jonava</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC056C" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10E21" w:rsidRDefault="00206839" w:rsidP="00E10E21">
+    <w:p w:rsidR="000F4621" w:rsidRPr="000F4621" w:rsidRDefault="00206839" w:rsidP="000F4621">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E10E21">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Gavus </w:t>
       </w:r>
-      <w:r w:rsidR="00A54FAF" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00A54FAF" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">uomenų subjekto paklausimą dėl jo Asmens duomenų tvarkymo ir patikrinus </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">uomenų subjekto tapatybę, </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>uomenų subjektui suteikiama informacija, ar su juo susiję Asmens duome</w:t>
       </w:r>
-      <w:r w:rsidR="00620236" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00620236" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nys yra tvarkomi ir pateikiami D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>uomenų subjektui prašomi duomenys</w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E10E21" w:rsidRDefault="00206839" w:rsidP="00E10E21">
+    <w:p w:rsidR="000F4621" w:rsidRPr="000F4621" w:rsidRDefault="00206839" w:rsidP="000F4621">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E10E21">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Gavus </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">uomenų subjekto prašymą susipažinti su savo </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Asmeniniais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> duomenimis, informacija, pateikia</w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
-      <w:r w:rsidR="009A03DE" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="009A03DE" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne vėliau kaip per 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">0 kalendorinių dienų nuo </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>uomenų subjekto kreipimosi dienos.</w:t>
       </w:r>
-      <w:r w:rsidR="009A03DE" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="009A03DE" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Šis laikotarpis prireikus gali būti pratęstas dar dviem mėnesiams, atsižvelgiant į prašymų sudėtingumą ir skaičių. Duomenų valdytojas per vieną mėnesį nuo prašymo gavimo dienos informuoja Duomenų subjektą apie tokį pratęsimą ir nurodo vėlavimo priežastis. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Duomenų subjekto prašymu tokie duomenys turi būti pateikiami raštu. Neatlygintinai tokius duomenis duomenų </w:t>
       </w:r>
-      <w:r w:rsidR="00E10E21">
+      <w:r w:rsidR="00E10E21" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> teikia </w:t>
       </w:r>
-      <w:r w:rsidR="00F7406B" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00F7406B" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10E21">
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">uomenų subjektui kartą per kalendorinius metus. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F62093" w:rsidRPr="00E10E21" w:rsidRDefault="00E10E21" w:rsidP="00E10E21">
+    <w:p w:rsidR="00F62093" w:rsidRPr="000F4621" w:rsidRDefault="00E10E21" w:rsidP="000F4621">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
-      <w:r w:rsidR="00206839" w:rsidRPr="00E10E21">
+      <w:r w:rsidR="00206839" w:rsidRPr="000F4621">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> turi teisę motyvuotai atsisakyti įgyvendinti duomenų subjekto teises esant LR ADTAĮ 23 straipsnio 2 dalyje numatytoms aplinkybėms. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00433A73" w:rsidRPr="00573040" w:rsidRDefault="00433A73" w:rsidP="00433A73">
+    <w:p w:rsidR="00433A73" w:rsidRDefault="00433A73" w:rsidP="00433A73">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0F4B" w:rsidRPr="00573040" w:rsidRDefault="00AB0F4B" w:rsidP="00433A73">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007C6CB7" w:rsidRPr="00573040" w:rsidRDefault="007C6CB7" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -10585,58 +10391,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kiekvienam Duomenų gavėjui, kuriam buvo atskleisti Asmens duomenys, Duomenų valdytojas praneša apie bet kokį Asmens duomenų ištaisymą, ištrynimą arba tvarkymo apribojimą kai</w:t>
       </w:r>
       <w:r w:rsidR="00C65589" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">p tai įtvirtinta šių Taisyklių </w:t>
       </w:r>
       <w:r w:rsidR="002D65CC" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007C6CB7" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skyriuje.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F26C3" w:rsidRDefault="005F26C3" w:rsidP="005F26C3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -10661,57 +10459,65 @@
       </w:r>
       <w:r w:rsidR="001630EE" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="009958F7" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001630EE" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aštuoniolikos</w:t>
       </w:r>
+      <w:r w:rsidR="009C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) met</w:t>
+      </w:r>
       <w:r w:rsidR="009958F7" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>) merų amžiaus privalo gauti nepilnamečio asmens atstovų pagal įstatymą (globėjų) sutikimą.</w:t>
+        <w:t>ų amžiaus privalo gauti nepilnamečio asmens atstovų pagal įstatymą (globėjų) sutikimą.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F26C3" w:rsidRPr="005F26C3" w:rsidRDefault="00F62093" w:rsidP="005F26C3">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -10758,271 +10564,170 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00F62093" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> įgalioja </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
+      <w:r w:rsidR="009C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058083D" w:rsidRPr="005F26C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paskirtą </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenį už duomenų apsaugą</w:t>
+      </w:r>
+      <w:r w:rsidR="0058083D" w:rsidRPr="005F26C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="00F62093" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">paskirtą duomenų apsaugos pareigūną, </w:t>
+        <w:t>įvykus duomenų apsaugos pažeidimui nedelsiant, tačiau ne vėliau kaip per 24 val. užpildyti asmens duomenų pažeidimo formą (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 p</w:t>
       </w:r>
       <w:r w:rsidR="00F62093" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>įvykus duomenų apsaugos pažeidimui nedelsiant, tačiau ne vėliau kaip per 24 val. užpildyti asmens duomenų pažeidimo formą (</w:t>
+        <w:t>riedas prie šių Taisyklių) ir pranešti Duomenų tvarkytojui. Be kita ko, nedelsiant po to, atlikti specialius įrašus asmens duomenų apsaugos pažeidimų žurnale (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 p</w:t>
+        <w:t>2 p</w:t>
       </w:r>
       <w:r w:rsidR="00F62093" w:rsidRPr="005F26C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">riedas prie šių Taisyklių) ir pranešti Duomenų tvarkytojui. Be kita ko, nedelsiant po to, atlikti specialius įrašus asmens duomenų apsaugos pažeidimų žurnale </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>riedas prie šių Taisyklių). Taip pat ne vėliau kaip per 72 val. apie įvykusį pažeidimą, pranešti priežiūros institucijai – Valstybinei duomenų apsaugos inspekcijai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F26C3" w:rsidRDefault="00F62093" w:rsidP="005F26C3">
-[...10 lines deleted...]
-        <w:ind w:left="0" w:firstLine="1134"/>
+    <w:p w:rsidR="00046E07" w:rsidRDefault="00046E07" w:rsidP="006955B6">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F62093" w:rsidRPr="005F26C3" w:rsidRDefault="003E40F9" w:rsidP="005F26C3">
-[...75 lines deleted...]
-    <w:p w:rsidR="00046E07" w:rsidRPr="00573040" w:rsidRDefault="00046E07" w:rsidP="006955B6">
+    <w:p w:rsidR="00E15808" w:rsidRPr="00573040" w:rsidRDefault="00E15808" w:rsidP="006955B6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004040C4" w:rsidRPr="00573040" w:rsidRDefault="004040C4" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004040C4" w:rsidRDefault="00CF287B" w:rsidP="001630EE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DUOMENŲ TEIKIMAS</w:t>
       </w:r>
       <w:r w:rsidR="003D39FA" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11146,137 +10851,147 @@
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="00BC7F2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Duomenų gavėjai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
+      <w:tr w:rsidR="00BC7F2F" w:rsidRPr="002A77B9" w:rsidTr="00AF2179">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00555EBD" w:rsidRDefault="00555EBD" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lt-LT"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lt-LT"/>
-[...1 lines deleted...]
-              <w:t>61.1.</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>58.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Jonavos rajono savivaldybei ir jai pavaldžioms įstaigoms; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>61.2.</w:t>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -11308,301 +11023,351 @@
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>espublikos</w:t>
             </w:r>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Švietimo, mokslo ir sporto ministerijai ir jai pavaldžioms įstaigoms;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>61.3.</w:t>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Valstybinio socialinio draudimo fondo valdybai; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>61.4.</w:t>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Valstybinei mokesčių inspekcijai;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00383335" w:rsidTr="00AF2179">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Valstybės vaiko teisių apsaugos ir įvaikinimo tarnybai;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Ugdymo įstaigoms;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidTr="00AF2179">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
+          <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="007F444B" w:rsidP="004F18BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00573040">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>61.5.</w:t>
-[...40 lines deleted...]
-            <w:pPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7F2F" w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-            </w:pPr>
-[...66 lines deleted...]
-              <w:t>61.7.</w:t>
+              <w:t>.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BC7F2F" w:rsidRPr="00573040" w:rsidRDefault="00BC7F2F" w:rsidP="004F18BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00573040">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -11667,168 +11432,144 @@
       </w:r>
       <w:r w:rsidR="00991767" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>espublikos</w:t>
       </w:r>
       <w:r w:rsidR="00991767" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> teisės aktus.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00573040">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00B93004" w:rsidRPr="000E575B" w:rsidRDefault="000E575B" w:rsidP="000E575B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00B93004" w:rsidRPr="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, užtikrina, kad</w:t>
       </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0366B" w:rsidRPr="000E575B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priešmokyklinio, pradinio, pagrindinio ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00093DA7" w:rsidRPr="000E575B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paslaugų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93004" w:rsidRPr="000E575B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įgyvendinimo metu gautų asmens duomenų tvarkymas bus vykdomas tik Europos Sąjungos Valstybėje narėje arba kitoje Europos Ekonominėje Erdvėje esančioje valstybėje, arba valstybėje, kuri, Europos Komisijos sprendimu, užtikrina tinkamą duomenų apsaugos lygį, arba kitaip atitinka šį punktą. Norint gautus asmens duomenis perduoti arba prie jų suteikti prieigą valstybei, kuri neatitinka šiame punkte nurodytų reikalavimų, reikia gauti išankstinį raštišką arba elektroninės formos (pavyzdžiui, el. paštu) </w:t>
+      </w:r>
       <w:r w:rsidR="001630EE" w:rsidRPr="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00093DA7" w:rsidRPr="000E575B">
+        <w:t>Duomenų subjekto</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93004" w:rsidRPr="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> sutikimą ir laikytis asmens duomenų perdavimo trečiosioms valstybėms taisyklių (Reglamento 44-45 str.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066510C" w:rsidRPr="00573040" w:rsidRDefault="0066510C" w:rsidP="00680551">
+    <w:p w:rsidR="0066510C" w:rsidRDefault="0066510C" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004040C4" w:rsidRPr="00573040" w:rsidRDefault="004040C4" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -11912,60 +11653,51 @@
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> paslaugoms, prieinama arba naudojama </w:t>
       </w:r>
       <w:r w:rsidR="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> internetiniame puslapyje ir intelektualinės nuosavybės teisės </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">(įskaitant autorines teises) į internetinio puslapio turinį ir informaciją priklauso </w:t>
+        <w:t xml:space="preserve"> internetiniame puslapyje ir intelektualinės nuosavybės teisės (įskaitant autorines teises) į internetinio puslapio turinį ir informaciją priklauso </w:t>
       </w:r>
       <w:r w:rsidR="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklai</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Be išankstinio </w:t>
       </w:r>
       <w:r w:rsidR="000E575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
@@ -12104,51 +11836,51 @@
       <w:r w:rsidR="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> intelektinės nuosavybės (įskaitant autor</w:t>
       </w:r>
       <w:r w:rsidR="00D2192F" w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ines ir kitas) teisės pažeidimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009958F7" w:rsidRPr="00573040" w:rsidRDefault="009958F7" w:rsidP="00680551">
+    <w:p w:rsidR="009958F7" w:rsidRDefault="009958F7" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004040C4" w:rsidRPr="00573040" w:rsidRDefault="004040C4" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
@@ -12295,217 +12027,194 @@
       </w:r>
       <w:r w:rsidR="00D2192F" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tsiradusią Duomenų subjektui ir (</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidR="00D2192F" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="0055612E" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">retiesiems asmenims dėl to, jog Duomenų </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2192F" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>subjektas nurodė neteisingus ir(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2192F" w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573040">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neišsamius savo </w:t>
       </w:r>
       <w:r w:rsidR="0055612E" w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>T</w:t>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">retiesiems asmenims dėl to, jog Duomenų </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>smens duomenis arba tinkamai ir laiku neinformavo apie jų pasikeitimus.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk512275183"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk512275183"/>
     </w:p>
     <w:p w:rsidR="005A3C57" w:rsidRPr="00653B7F" w:rsidRDefault="00653B7F" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00DB59E5" w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> internetinėje svetainėje </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> internetinėje svetainėje</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="00DB59E5" w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>taip pat išviešina savo atstovo kontaktus dėl Duomenų subjektų prašymų nagrinėjimo.</w:t>
-      </w:r>
+        <w:t>aip pat išviešina savo atstovo kontaktus dėl Duomenų subjektų prašymų nagrinėjimo.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="004F05B6" w:rsidRDefault="004F05B6" w:rsidP="004F05B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E15808" w:rsidRPr="00573040" w:rsidRDefault="00E15808" w:rsidP="004F05B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="8"/>
-    </w:p>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w:rsidR="004040C4" w:rsidRPr="00573040" w:rsidRDefault="004040C4" w:rsidP="00680551">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12521,339 +12230,311 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00653B7F" w:rsidRPr="00573040" w:rsidRDefault="00653B7F" w:rsidP="00541A2D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00653B7F" w:rsidRDefault="004C4572" w:rsidP="00653B7F">
+    <w:p w:rsidR="00653B7F" w:rsidRDefault="00653B7F" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00573040">
-[...5 lines deleted...]
-        <w:t>Šios Taisyklės, sudarytos vadovaujantis 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo nuostatomis, Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymu bei kitų susijusių teisės aktų nuostatomis.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turi teisę iš dalies arba visiškai pakeisti Taisykles apie tai iš anksto pranešdama </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interneto puslapyje. Taisyklių papildymai arba pakeitimai įsigalioja nuo jų paskelbimo dienos, t. y. kai jie yra patalpinami </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internetiniame puslapyje. Jeigu Duomenų subjektas nesutinka su nauja Taisyklių redakcija, Duomenų subjektas turi teisę atsisakyti naudotis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teikiamomis paslaugomis. Jei po Taisyklių papildymo arba pakeitimo Duomenų subjektas ir toliau naudojasi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teikiamomis paslaugomis, laikoma, kad Duomenų subjektas sutinka su naująja Taisyklių redakcija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00653B7F" w:rsidRDefault="00653B7F" w:rsidP="00653B7F">
+    <w:p w:rsidR="00653B7F" w:rsidRPr="00653B7F" w:rsidRDefault="004C4572" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> teikiamomis paslaugomis, laikoma, kad Duomenų subjektas sutinka su naująja Taisyklių redakcija.</w:t>
+      <w:r w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šių Taisyklių pagrindu kylantiems santykiams taikoma Lietuvos Respublikos teisė. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00653B7F" w:rsidRPr="00653B7F" w:rsidRDefault="004C4572" w:rsidP="00653B7F">
+    <w:p w:rsidR="00653B7F" w:rsidRPr="00653B7F" w:rsidRDefault="00037F78" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Šių Taisyklių pagrindu kylantiems santykiams taikoma Lietuvos Respublikos teisė. </w:t>
+        <w:t>Visi nesutarimai, kilę dėl šių Taisyklių vykdymo, sprendžiami derybų</w:t>
+      </w:r>
+      <w:r w:rsidR="009A03DE" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> būdu. Nepavykus susitarti per 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 (trisdešimt) kalendorinių dienų, ginčai sprendžiami Lietuvos Respublik</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4572" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os teisės aktų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00653B7F" w:rsidRPr="00653B7F" w:rsidRDefault="00037F78" w:rsidP="00653B7F">
+    <w:p w:rsidR="00653B7F" w:rsidRDefault="002C2272" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> būdu. Nepavykus susitarti per 3</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asmens duomenų pažeidimo forma patvirtinta pagal bendrųjų asmens </w:t>
+      </w:r>
+      <w:r w:rsidR="00433A73" w:rsidRPr="00653B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>duomenų apsaugos taisyklių 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>os teisės aktų nustatyta tvarka.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedo reikalavimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00653B7F" w:rsidRDefault="002C2272" w:rsidP="00653B7F">
+    <w:p w:rsidR="002C2272" w:rsidRPr="00653B7F" w:rsidRDefault="00007AAE" w:rsidP="00653B7F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Asmens duomenų pažeidimo forma patvirtinta pagal bendrųjų asmens </w:t>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Asmens duomenų pažeidimo žurnalo forma patvirtinta pagal bendrųjų asmens duomenų apsaugos taisyklių </w:t>
       </w:r>
       <w:r w:rsidR="00433A73" w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002C2272" w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> priedo </w:t>
       </w:r>
       <w:r w:rsidRPr="00653B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12933,446 +12614,307 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00573040">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="005525D1" w:rsidRPr="00573040" w:rsidRDefault="005525D1" w:rsidP="00A90D4A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005525D1" w:rsidRPr="00573040" w:rsidSect="00573040">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="851" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EE02D4" w:rsidRDefault="00EE02D4" w:rsidP="00D84E13">
+    <w:p w:rsidR="00F0215C" w:rsidRDefault="00F0215C" w:rsidP="00D84E13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EE02D4" w:rsidRDefault="00EE02D4" w:rsidP="00D84E13">
+    <w:p w:rsidR="00F0215C" w:rsidRDefault="00F0215C" w:rsidP="00D84E13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1487241299"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w:rsidR="00735791" w:rsidRDefault="00735791">
+          <w:p w:rsidR="00735791" w:rsidRDefault="00471D28">
             <w:pPr>
               <w:pStyle w:val="Porat"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00735791">
+            <w:r w:rsidR="00735791" w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E80090">
+            <w:r w:rsidR="00AB0F4B">
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00735791">
+            <w:r w:rsidR="00735791" w:rsidRPr="00735791">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00735791">
+            <w:r w:rsidR="00735791" w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E80090">
+            <w:r w:rsidR="00AB0F4B">
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00735791">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00D84E13" w:rsidRPr="00681C99" w:rsidRDefault="00D84E13" w:rsidP="00681C99">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="lt-LT"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EE02D4" w:rsidRDefault="00EE02D4" w:rsidP="00D84E13">
+    <w:p w:rsidR="00F0215C" w:rsidRDefault="00F0215C" w:rsidP="00D84E13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EE02D4" w:rsidRDefault="00EE02D4" w:rsidP="00D84E13">
+    <w:p w:rsidR="00F0215C" w:rsidRDefault="00F0215C" w:rsidP="00D84E13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...135 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008D593C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68AAC99E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13582,74 +13124,50 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:noProof w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:u w:val="none"/>
         <w:effect w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:em w:val="none"/>
         <w:specVanish w:val="0"/>
-        <w14:glow w14:rad="0">
-[...22 lines deleted...]
-        <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%2.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3.1.1"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -14933,50 +14451,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="262638F6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D39EFB9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="53"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3241279C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91CA6100"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15018,51 +14649,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="327B46F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16EA562C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="34"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15131,51 +14762,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39FC3EAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D02E2F32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15223,51 +14854,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ED70E23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8968F602"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -15312,51 +14943,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FE61F24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D02E2F32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15404,51 +15035,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41F056E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38740E30"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -15493,51 +15124,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CF0D1A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F53EFDE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15615,51 +15246,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59AE2E0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D80A8DB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
@@ -15738,51 +15369,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E8E31E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D98884C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -15827,51 +15458,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68746EA6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86943CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15942,51 +15573,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69634D67"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA6AC3AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="45.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16062,51 +15693,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E8D5C28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F28EB47A"/>
     <w:lvl w:ilvl="0" w:tplc="3EEE987A">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16175,51 +15806,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="712B505F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42983C72"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -16264,51 +15895,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71D71D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0704A49C"/>
     <w:lvl w:ilvl="0" w:tplc="956E49B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="8.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -16353,51 +15984,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73D57675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60AADF6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="33.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16473,51 +16104,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="754D4EC7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00BED9F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16586,51 +16217,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78825F70"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CBB6BF08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -16702,51 +16333,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B897FC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E83FA"/>
     <w:lvl w:ilvl="0" w:tplc="7742BA6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -16791,51 +16422,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5142" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6582" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E013023"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2FB2110A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="32.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -16911,51 +16542,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0715A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="850EF064"/>
     <w:lvl w:ilvl="0" w:tplc="16BA339E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="49.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -17001,150 +16632,150 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="22">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="28">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="30">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
@@ -17233,51 +16864,51 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:suff w:val="space"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
@@ -17366,212 +16997,221 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D84E13"/>
     <w:rsid w:val="000022C9"/>
     <w:rsid w:val="0000605D"/>
     <w:rsid w:val="00007AAE"/>
     <w:rsid w:val="0001601A"/>
     <w:rsid w:val="00017395"/>
     <w:rsid w:val="00020AD3"/>
     <w:rsid w:val="00020EE9"/>
     <w:rsid w:val="000238F1"/>
     <w:rsid w:val="00024DE6"/>
     <w:rsid w:val="0002680E"/>
     <w:rsid w:val="00037F78"/>
     <w:rsid w:val="00046E07"/>
     <w:rsid w:val="00046E58"/>
     <w:rsid w:val="000501E4"/>
     <w:rsid w:val="00052DE3"/>
     <w:rsid w:val="000704E7"/>
     <w:rsid w:val="000705E3"/>
     <w:rsid w:val="000737B6"/>
     <w:rsid w:val="00082ED6"/>
     <w:rsid w:val="00086DB6"/>
     <w:rsid w:val="00092D2B"/>
     <w:rsid w:val="000933D7"/>
     <w:rsid w:val="00093DA7"/>
     <w:rsid w:val="00097AD9"/>
     <w:rsid w:val="000A440C"/>
     <w:rsid w:val="000B0E37"/>
     <w:rsid w:val="000B38F9"/>
     <w:rsid w:val="000B3A2E"/>
     <w:rsid w:val="000B4301"/>
     <w:rsid w:val="000B49D1"/>
+    <w:rsid w:val="000C6F4D"/>
     <w:rsid w:val="000D1722"/>
     <w:rsid w:val="000D3319"/>
     <w:rsid w:val="000E1BA3"/>
     <w:rsid w:val="000E575B"/>
     <w:rsid w:val="000E6C15"/>
+    <w:rsid w:val="000F4621"/>
     <w:rsid w:val="000F4859"/>
     <w:rsid w:val="000F5355"/>
     <w:rsid w:val="00117860"/>
     <w:rsid w:val="00117FF5"/>
     <w:rsid w:val="00131E30"/>
     <w:rsid w:val="0014417D"/>
     <w:rsid w:val="001566EC"/>
     <w:rsid w:val="001579D0"/>
     <w:rsid w:val="001630EE"/>
     <w:rsid w:val="00182A17"/>
     <w:rsid w:val="0018394B"/>
     <w:rsid w:val="001869F2"/>
+    <w:rsid w:val="00190D1F"/>
     <w:rsid w:val="001A6B03"/>
     <w:rsid w:val="001B1974"/>
     <w:rsid w:val="001B5C3C"/>
     <w:rsid w:val="001C0E7E"/>
     <w:rsid w:val="001D4648"/>
     <w:rsid w:val="001D672B"/>
     <w:rsid w:val="001E57A7"/>
     <w:rsid w:val="00206839"/>
     <w:rsid w:val="00217C7B"/>
     <w:rsid w:val="0022203D"/>
+    <w:rsid w:val="0022295E"/>
     <w:rsid w:val="002312C8"/>
     <w:rsid w:val="00257B5B"/>
     <w:rsid w:val="002628CC"/>
     <w:rsid w:val="00264ACD"/>
     <w:rsid w:val="0026648C"/>
     <w:rsid w:val="00271054"/>
     <w:rsid w:val="002711E5"/>
     <w:rsid w:val="00273F1C"/>
     <w:rsid w:val="002842A5"/>
     <w:rsid w:val="002873F8"/>
     <w:rsid w:val="00290BFA"/>
     <w:rsid w:val="002A1A5A"/>
     <w:rsid w:val="002A4A3B"/>
+    <w:rsid w:val="002A77B9"/>
     <w:rsid w:val="002C2272"/>
     <w:rsid w:val="002C3D51"/>
     <w:rsid w:val="002D2936"/>
     <w:rsid w:val="002D65CC"/>
     <w:rsid w:val="002F729A"/>
     <w:rsid w:val="003254C8"/>
     <w:rsid w:val="00327BE9"/>
     <w:rsid w:val="00330B33"/>
     <w:rsid w:val="003369D4"/>
     <w:rsid w:val="003529FE"/>
     <w:rsid w:val="003538BF"/>
     <w:rsid w:val="00353ED5"/>
     <w:rsid w:val="00354402"/>
     <w:rsid w:val="003553B3"/>
+    <w:rsid w:val="00361A61"/>
     <w:rsid w:val="00361AA9"/>
     <w:rsid w:val="003653F1"/>
     <w:rsid w:val="00367460"/>
     <w:rsid w:val="003712D1"/>
     <w:rsid w:val="003721DB"/>
     <w:rsid w:val="00372E46"/>
+    <w:rsid w:val="00383335"/>
     <w:rsid w:val="00391154"/>
     <w:rsid w:val="00391779"/>
     <w:rsid w:val="003A28A0"/>
     <w:rsid w:val="003C0E8D"/>
     <w:rsid w:val="003D39FA"/>
     <w:rsid w:val="003E40F9"/>
     <w:rsid w:val="003F0D0B"/>
     <w:rsid w:val="003F32DC"/>
     <w:rsid w:val="003F69B1"/>
     <w:rsid w:val="004040C4"/>
     <w:rsid w:val="00433A73"/>
     <w:rsid w:val="00435A0B"/>
     <w:rsid w:val="004367C7"/>
     <w:rsid w:val="00436AB2"/>
     <w:rsid w:val="00451007"/>
+    <w:rsid w:val="00471D28"/>
     <w:rsid w:val="00474E3B"/>
     <w:rsid w:val="00475A46"/>
     <w:rsid w:val="00477EA6"/>
     <w:rsid w:val="004809B6"/>
     <w:rsid w:val="00492FB1"/>
     <w:rsid w:val="004A4445"/>
     <w:rsid w:val="004B12F1"/>
     <w:rsid w:val="004B784E"/>
     <w:rsid w:val="004C4572"/>
     <w:rsid w:val="004D1014"/>
     <w:rsid w:val="004D2672"/>
     <w:rsid w:val="004D3AC8"/>
     <w:rsid w:val="004E6089"/>
     <w:rsid w:val="004E65D2"/>
     <w:rsid w:val="004F05B6"/>
     <w:rsid w:val="00500D1F"/>
     <w:rsid w:val="005019DD"/>
     <w:rsid w:val="0050315E"/>
     <w:rsid w:val="0050376D"/>
     <w:rsid w:val="00503BF4"/>
     <w:rsid w:val="00536638"/>
     <w:rsid w:val="00541A2D"/>
     <w:rsid w:val="00546BC2"/>
     <w:rsid w:val="005525D1"/>
+    <w:rsid w:val="00555EBD"/>
     <w:rsid w:val="0055612E"/>
     <w:rsid w:val="0055783C"/>
     <w:rsid w:val="00561E54"/>
     <w:rsid w:val="005656C4"/>
     <w:rsid w:val="00573040"/>
     <w:rsid w:val="00577952"/>
     <w:rsid w:val="0058083D"/>
     <w:rsid w:val="00581357"/>
     <w:rsid w:val="005822E1"/>
     <w:rsid w:val="0058771D"/>
     <w:rsid w:val="00594C76"/>
     <w:rsid w:val="00595766"/>
     <w:rsid w:val="005A3C57"/>
     <w:rsid w:val="005A4E39"/>
     <w:rsid w:val="005A5BA3"/>
     <w:rsid w:val="005B6600"/>
     <w:rsid w:val="005C66DB"/>
     <w:rsid w:val="005D5D84"/>
     <w:rsid w:val="005F26C3"/>
     <w:rsid w:val="00603EFE"/>
     <w:rsid w:val="00620236"/>
     <w:rsid w:val="006308EE"/>
     <w:rsid w:val="006356B1"/>
     <w:rsid w:val="00636890"/>
     <w:rsid w:val="006522BD"/>
@@ -17590,275 +17230,291 @@
     <w:rsid w:val="00696D9C"/>
     <w:rsid w:val="006A2A90"/>
     <w:rsid w:val="006B0477"/>
     <w:rsid w:val="006D03BB"/>
     <w:rsid w:val="006D784F"/>
     <w:rsid w:val="006F1470"/>
     <w:rsid w:val="006F2B65"/>
     <w:rsid w:val="006F32F4"/>
     <w:rsid w:val="006F485B"/>
     <w:rsid w:val="006F6F0E"/>
     <w:rsid w:val="006F729D"/>
     <w:rsid w:val="00700577"/>
     <w:rsid w:val="007023AA"/>
     <w:rsid w:val="00705AFF"/>
     <w:rsid w:val="00706179"/>
     <w:rsid w:val="00710F52"/>
     <w:rsid w:val="007138CE"/>
     <w:rsid w:val="00716883"/>
     <w:rsid w:val="00717522"/>
     <w:rsid w:val="00735791"/>
     <w:rsid w:val="00746164"/>
     <w:rsid w:val="00752822"/>
     <w:rsid w:val="0075499F"/>
     <w:rsid w:val="00765ABD"/>
     <w:rsid w:val="007674A4"/>
+    <w:rsid w:val="00771035"/>
     <w:rsid w:val="007734B1"/>
     <w:rsid w:val="007C1594"/>
     <w:rsid w:val="007C6CB7"/>
+    <w:rsid w:val="007F444B"/>
     <w:rsid w:val="007F621C"/>
     <w:rsid w:val="00805E9C"/>
     <w:rsid w:val="00810C2A"/>
     <w:rsid w:val="008171CE"/>
     <w:rsid w:val="0082334A"/>
     <w:rsid w:val="008276A9"/>
     <w:rsid w:val="0084340B"/>
     <w:rsid w:val="0085038F"/>
     <w:rsid w:val="00856356"/>
     <w:rsid w:val="008571AD"/>
     <w:rsid w:val="00860AF6"/>
     <w:rsid w:val="00866541"/>
     <w:rsid w:val="00867AAF"/>
     <w:rsid w:val="00876854"/>
+    <w:rsid w:val="00881A6F"/>
     <w:rsid w:val="00884B70"/>
     <w:rsid w:val="00892C84"/>
     <w:rsid w:val="008A1A63"/>
     <w:rsid w:val="008A78D2"/>
     <w:rsid w:val="008B225E"/>
     <w:rsid w:val="008C6218"/>
     <w:rsid w:val="008C780C"/>
     <w:rsid w:val="008E2C42"/>
     <w:rsid w:val="008E3BFC"/>
     <w:rsid w:val="008E4734"/>
     <w:rsid w:val="009009F1"/>
     <w:rsid w:val="00907D15"/>
     <w:rsid w:val="00914F8D"/>
     <w:rsid w:val="00921C27"/>
     <w:rsid w:val="00923FB3"/>
     <w:rsid w:val="009252F1"/>
     <w:rsid w:val="00930CDB"/>
     <w:rsid w:val="009365AB"/>
     <w:rsid w:val="00937928"/>
     <w:rsid w:val="009428CF"/>
     <w:rsid w:val="00945D0D"/>
     <w:rsid w:val="009470D3"/>
     <w:rsid w:val="009509E8"/>
     <w:rsid w:val="009510C5"/>
     <w:rsid w:val="009538C6"/>
     <w:rsid w:val="00963A18"/>
     <w:rsid w:val="00966245"/>
     <w:rsid w:val="00971EAB"/>
     <w:rsid w:val="00973C21"/>
     <w:rsid w:val="00983B56"/>
     <w:rsid w:val="00985BAA"/>
     <w:rsid w:val="00991767"/>
     <w:rsid w:val="009958F7"/>
     <w:rsid w:val="009A03DE"/>
     <w:rsid w:val="009A5F25"/>
     <w:rsid w:val="009B1BEC"/>
     <w:rsid w:val="009B7D0C"/>
+    <w:rsid w:val="009C6529"/>
     <w:rsid w:val="009C6DDC"/>
     <w:rsid w:val="009D750A"/>
     <w:rsid w:val="00A036D5"/>
     <w:rsid w:val="00A21C62"/>
     <w:rsid w:val="00A27EB0"/>
+    <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A45DB5"/>
     <w:rsid w:val="00A50967"/>
     <w:rsid w:val="00A54FAF"/>
     <w:rsid w:val="00A6305B"/>
     <w:rsid w:val="00A722D7"/>
     <w:rsid w:val="00A77470"/>
+    <w:rsid w:val="00A82D55"/>
     <w:rsid w:val="00A907F2"/>
     <w:rsid w:val="00A90D4A"/>
     <w:rsid w:val="00A94186"/>
     <w:rsid w:val="00A95404"/>
     <w:rsid w:val="00A970B3"/>
     <w:rsid w:val="00AA7EAF"/>
+    <w:rsid w:val="00AB0F4B"/>
     <w:rsid w:val="00AB59C2"/>
     <w:rsid w:val="00AB7E4C"/>
     <w:rsid w:val="00AC6008"/>
     <w:rsid w:val="00AC6940"/>
     <w:rsid w:val="00AD402B"/>
     <w:rsid w:val="00AD5AD4"/>
     <w:rsid w:val="00AE4782"/>
     <w:rsid w:val="00AF2179"/>
     <w:rsid w:val="00AF2233"/>
     <w:rsid w:val="00B009B1"/>
     <w:rsid w:val="00B0189B"/>
     <w:rsid w:val="00B22188"/>
     <w:rsid w:val="00B232BA"/>
     <w:rsid w:val="00B33C98"/>
     <w:rsid w:val="00B37597"/>
     <w:rsid w:val="00B37FEC"/>
     <w:rsid w:val="00B41FCA"/>
     <w:rsid w:val="00B43175"/>
     <w:rsid w:val="00B43E3D"/>
     <w:rsid w:val="00B600E2"/>
     <w:rsid w:val="00B64C61"/>
     <w:rsid w:val="00B64E00"/>
     <w:rsid w:val="00B70CA6"/>
     <w:rsid w:val="00B920CD"/>
     <w:rsid w:val="00B93004"/>
     <w:rsid w:val="00B9633D"/>
     <w:rsid w:val="00BB1BF9"/>
     <w:rsid w:val="00BB4A63"/>
     <w:rsid w:val="00BB5E36"/>
     <w:rsid w:val="00BC6830"/>
     <w:rsid w:val="00BC7E32"/>
     <w:rsid w:val="00BC7F2F"/>
     <w:rsid w:val="00BD4EAA"/>
     <w:rsid w:val="00BF084E"/>
     <w:rsid w:val="00BF5944"/>
     <w:rsid w:val="00C20D8C"/>
     <w:rsid w:val="00C419CE"/>
     <w:rsid w:val="00C5544E"/>
     <w:rsid w:val="00C56DAB"/>
     <w:rsid w:val="00C65589"/>
     <w:rsid w:val="00C71F16"/>
     <w:rsid w:val="00C75544"/>
     <w:rsid w:val="00C8781A"/>
     <w:rsid w:val="00CA2D34"/>
     <w:rsid w:val="00CB2B25"/>
     <w:rsid w:val="00CB2D50"/>
+    <w:rsid w:val="00CD1AF5"/>
     <w:rsid w:val="00CD3527"/>
     <w:rsid w:val="00CD45A9"/>
     <w:rsid w:val="00CD50FF"/>
     <w:rsid w:val="00CE1188"/>
     <w:rsid w:val="00CE1BFD"/>
     <w:rsid w:val="00CE271F"/>
     <w:rsid w:val="00CE7DA5"/>
     <w:rsid w:val="00CF287B"/>
     <w:rsid w:val="00CF3C3A"/>
     <w:rsid w:val="00D0366B"/>
+    <w:rsid w:val="00D07A76"/>
     <w:rsid w:val="00D2192F"/>
     <w:rsid w:val="00D309CE"/>
     <w:rsid w:val="00D31F2F"/>
     <w:rsid w:val="00D33869"/>
     <w:rsid w:val="00D41811"/>
     <w:rsid w:val="00D433FE"/>
     <w:rsid w:val="00D550BA"/>
     <w:rsid w:val="00D553C2"/>
     <w:rsid w:val="00D5773C"/>
     <w:rsid w:val="00D652BF"/>
     <w:rsid w:val="00D67036"/>
     <w:rsid w:val="00D731AC"/>
     <w:rsid w:val="00D75440"/>
     <w:rsid w:val="00D82902"/>
     <w:rsid w:val="00D84E13"/>
     <w:rsid w:val="00D867C5"/>
     <w:rsid w:val="00D90D44"/>
     <w:rsid w:val="00D926F9"/>
     <w:rsid w:val="00D92FE7"/>
     <w:rsid w:val="00DA222A"/>
     <w:rsid w:val="00DA6BA8"/>
     <w:rsid w:val="00DB3DF2"/>
     <w:rsid w:val="00DB59E5"/>
     <w:rsid w:val="00DD0837"/>
     <w:rsid w:val="00DD2923"/>
+    <w:rsid w:val="00DE296C"/>
     <w:rsid w:val="00DE451E"/>
     <w:rsid w:val="00E10E21"/>
     <w:rsid w:val="00E149C2"/>
+    <w:rsid w:val="00E15808"/>
     <w:rsid w:val="00E21D63"/>
     <w:rsid w:val="00E40A59"/>
     <w:rsid w:val="00E434AB"/>
+    <w:rsid w:val="00E619DD"/>
     <w:rsid w:val="00E67D1E"/>
     <w:rsid w:val="00E71269"/>
+    <w:rsid w:val="00E71A2D"/>
     <w:rsid w:val="00E80090"/>
     <w:rsid w:val="00E9061B"/>
     <w:rsid w:val="00E92506"/>
     <w:rsid w:val="00E94C93"/>
     <w:rsid w:val="00EB70AD"/>
     <w:rsid w:val="00EC1045"/>
     <w:rsid w:val="00EC28C3"/>
     <w:rsid w:val="00ED0ED5"/>
     <w:rsid w:val="00ED44E7"/>
     <w:rsid w:val="00EE02D4"/>
     <w:rsid w:val="00EE0F1B"/>
     <w:rsid w:val="00EE6863"/>
+    <w:rsid w:val="00F0215C"/>
     <w:rsid w:val="00F04863"/>
     <w:rsid w:val="00F12269"/>
     <w:rsid w:val="00F2510B"/>
     <w:rsid w:val="00F26B02"/>
     <w:rsid w:val="00F42F46"/>
     <w:rsid w:val="00F438E4"/>
     <w:rsid w:val="00F507AF"/>
+    <w:rsid w:val="00F5195B"/>
     <w:rsid w:val="00F5321F"/>
     <w:rsid w:val="00F61F18"/>
     <w:rsid w:val="00F62093"/>
     <w:rsid w:val="00F63AF8"/>
     <w:rsid w:val="00F7406B"/>
     <w:rsid w:val="00F75B00"/>
     <w:rsid w:val="00F81224"/>
     <w:rsid w:val="00F8144D"/>
     <w:rsid w:val="00F82173"/>
     <w:rsid w:val="00F85859"/>
     <w:rsid w:val="00FB5EE6"/>
     <w:rsid w:val="00FC056C"/>
     <w:rsid w:val="00FC5E51"/>
     <w:rsid w:val="00FD032F"/>
     <w:rsid w:val="00FD0838"/>
     <w:rsid w:val="00FE29FC"/>
     <w:rsid w:val="00FE4CB7"/>
+    <w:rsid w:val="00FF059B"/>
     <w:rsid w:val="00FF4FDD"/>
     <w:rsid w:val="00FF70AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="091B20D6"/>
-  <w15:docId w15:val="{355346D1-BE06-445C-99B0-562313D03C4D}"/>
+  <w14:docId w14:val="5A7E47E9"/>
+  <w15:docId w15:val="{9DC997CF-128E-4167-ACE6-E49DBE0E7A03}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18207,50 +17863,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00771035"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -18392,64 +18049,64 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PavadinimasDiagrama"/>
     <w:qFormat/>
     <w:rsid w:val="00AC6940"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5040"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="480" w:after="240"/>
       <w:ind w:right="-57"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-GB" w:eastAsia="x-none"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
     <w:name w:val="Pavadinimas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Pavadinimas"/>
     <w:rsid w:val="00AC6940"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="en-GB" w:eastAsia="x-none"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stilius22">
     <w:name w:val="Stilius 2.2"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="Stilius22Char"/>
     <w:qFormat/>
     <w:rsid w:val="000238F1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="33"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="205"/>
         <w:tab w:val="left" w:pos="570"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
@@ -19367,51 +19024,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="636842645">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.neris.jonava.lm.lt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19664,89 +19321,89 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E35D1903-0654-4ACE-AC62-69D2561DAAF1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16C53232-E61D-4AB5-BB61-7D8A50E75C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>14695</Characters>
+  <Pages>13</Pages>
+  <Words>24456</Words>
+  <Characters>13940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>116</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Pavadinimas</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40394</CharactersWithSpaces>
+  <CharactersWithSpaces>38320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teisės labirintai</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>